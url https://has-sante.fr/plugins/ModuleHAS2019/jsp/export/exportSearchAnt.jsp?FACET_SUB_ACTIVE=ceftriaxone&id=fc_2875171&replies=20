--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -8,62 +8,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="653" uniqueCount="366">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
@@ -170,50 +170,176 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
   </si>
   <si>
     <t>c_1031777</t>
   </si>
   <si>
     <t>Évaluation a priori du dépistage de la syphilis en France</t>
   </si>
   <si>
     <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
   </si>
   <si>
     <t>23/05/2007 00:00:00</t>
   </si>
   <si>
     <t>02/07/2007 15:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
   </si>
   <si>
     <t>c_548127</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
@@ -747,176 +873,50 @@
     <t>01/09/2001 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
     <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
   </si>
   <si>
     <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
-  </si>
-[...124 lines deleted...]
-    <t>c_938884</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
   </si>
   <si>
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
   </si>
   <si>
     <t>c_2857592</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des implants endovasculaires</t>
   </si>
@@ -1374,1471 +1374,1471 @@
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D3" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E3" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="C4" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D4" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E5" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E6" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>111</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D7" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>112</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>73</v>
+        <v>115</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>116</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E9" t="s">
-        <v>77</v>
+        <v>119</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>78</v>
+        <v>120</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>121</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>122</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E10" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="H10" t="s">
-        <v>82</v>
+        <v>124</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="H11" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D12" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>130</v>
       </c>
       <c r="H12" t="s">
-        <v>89</v>
+        <v>131</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="C13" t="s">
+        <v>133</v>
+      </c>
+      <c r="D13" t="s">
         <v>91</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="H13" t="s">
-        <v>94</v>
+        <v>136</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D14" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E14" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>96</v>
+        <v>138</v>
       </c>
       <c r="H14" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>140</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E15" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>99</v>
+        <v>141</v>
       </c>
       <c r="H15" t="s">
-        <v>100</v>
+        <v>142</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E16" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>102</v>
+        <v>144</v>
       </c>
       <c r="H16" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B17" t="s">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D17" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E17" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>105</v>
+        <v>147</v>
       </c>
       <c r="H17" t="s">
-        <v>106</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B18" t="s">
-        <v>107</v>
+        <v>149</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E18" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>108</v>
+        <v>150</v>
       </c>
       <c r="H18" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B19" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>111</v>
+        <v>153</v>
       </c>
       <c r="H19" t="s">
-        <v>112</v>
+        <v>154</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E20" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="H20" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>118</v>
+        <v>160</v>
       </c>
       <c r="H21" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D22" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E22" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="H22" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E23" t="s">
-        <v>125</v>
+        <v>167</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="E24" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>129</v>
+        <v>171</v>
       </c>
       <c r="H24" t="s">
-        <v>130</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B25" t="s">
-        <v>131</v>
+        <v>173</v>
       </c>
       <c r="C25" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D25" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="E25" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>132</v>
+        <v>174</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>177</v>
       </c>
       <c r="D26" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="E26" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="H26" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B27" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>183</v>
       </c>
       <c r="D27" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>142</v>
+        <v>184</v>
       </c>
       <c r="H27" t="s">
-        <v>143</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B28" t="s">
-        <v>144</v>
+        <v>186</v>
       </c>
       <c r="C28" t="s">
-        <v>145</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="E28" t="s">
-        <v>137</v>
+        <v>179</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>146</v>
+        <v>188</v>
       </c>
       <c r="H28" t="s">
-        <v>147</v>
+        <v>189</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B29" t="s">
-        <v>148</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="D29" t="s">
-        <v>136</v>
+        <v>178</v>
       </c>
       <c r="E29" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="H29" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B30" t="s">
-        <v>153</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
-        <v>154</v>
+        <v>196</v>
       </c>
       <c r="D30" t="s">
-        <v>155</v>
+        <v>197</v>
       </c>
       <c r="E30" t="s">
-        <v>156</v>
+        <v>198</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>157</v>
+        <v>199</v>
       </c>
       <c r="H30" t="s">
-        <v>158</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B31" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="C31" t="s">
-        <v>160</v>
+        <v>202</v>
       </c>
       <c r="D31" t="s">
-        <v>161</v>
+        <v>203</v>
       </c>
       <c r="E31" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>163</v>
+        <v>205</v>
       </c>
       <c r="H31" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B32" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
       <c r="C32" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D32" t="s">
-        <v>166</v>
+        <v>208</v>
       </c>
       <c r="E32" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>167</v>
+        <v>209</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B33" t="s">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="C33" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D33" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E33" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="H33" t="s">
-        <v>171</v>
+        <v>213</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B34" t="s">
-        <v>172</v>
+        <v>214</v>
       </c>
       <c r="C34" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="D34" t="s">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="E34" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>173</v>
+        <v>215</v>
       </c>
       <c r="H34" t="s">
-        <v>174</v>
+        <v>216</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B35" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>176</v>
+        <v>218</v>
       </c>
       <c r="D35" t="s">
-        <v>177</v>
+        <v>219</v>
       </c>
       <c r="E35" t="s">
-        <v>178</v>
+        <v>220</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>179</v>
+        <v>221</v>
       </c>
       <c r="H35" t="s">
-        <v>180</v>
+        <v>222</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B36" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
       <c r="C36" t="s">
-        <v>182</v>
+        <v>224</v>
       </c>
       <c r="D36" t="s">
-        <v>183</v>
+        <v>225</v>
       </c>
       <c r="E36" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="H36" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B37" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="C37" t="s">
-        <v>188</v>
+        <v>230</v>
       </c>
       <c r="D37" t="s">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c r="E37" t="s">
-        <v>190</v>
+        <v>232</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>191</v>
+        <v>233</v>
       </c>
       <c r="H37" t="s">
-        <v>192</v>
+        <v>234</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B38" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="C38" t="s">
-        <v>194</v>
+        <v>236</v>
       </c>
       <c r="D38" t="s">
-        <v>195</v>
+        <v>237</v>
       </c>
       <c r="E38" t="s">
-        <v>196</v>
+        <v>238</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>197</v>
+        <v>239</v>
       </c>
       <c r="H38" t="s">
-        <v>198</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B39" t="s">
-        <v>199</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>200</v>
+        <v>242</v>
       </c>
       <c r="D39" t="s">
-        <v>201</v>
+        <v>243</v>
       </c>
       <c r="E39" t="s">
-        <v>202</v>
+        <v>244</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>203</v>
+        <v>245</v>
       </c>
       <c r="H39" t="s">
-        <v>204</v>
+        <v>246</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B40" t="s">
-        <v>205</v>
+        <v>247</v>
       </c>
       <c r="C40" t="s">
-        <v>206</v>
+        <v>248</v>
       </c>
       <c r="D40" t="s">
-        <v>207</v>
+        <v>249</v>
       </c>
       <c r="E40" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>209</v>
+        <v>251</v>
       </c>
       <c r="H40" t="s">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B41" t="s">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>254</v>
       </c>
       <c r="D41" t="s">
-        <v>213</v>
+        <v>255</v>
       </c>
       <c r="E41" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>215</v>
+        <v>257</v>
       </c>
       <c r="H41" t="s">
-        <v>216</v>
+        <v>258</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B42" t="s">
-        <v>217</v>
+        <v>259</v>
       </c>
       <c r="C42" t="s">
-        <v>218</v>
+        <v>260</v>
       </c>
       <c r="D42" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="E42" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="H42" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="C43" t="s">
-        <v>224</v>
+        <v>266</v>
       </c>
       <c r="D43" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="E43" t="s">
-        <v>225</v>
+        <v>267</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>226</v>
+        <v>268</v>
       </c>
       <c r="H43" t="s">
-        <v>227</v>
+        <v>269</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B44" t="s">
-        <v>228</v>
+        <v>270</v>
       </c>
       <c r="C44" t="s">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="D44" t="s">
-        <v>230</v>
+        <v>272</v>
       </c>
       <c r="E44" t="s">
-        <v>230</v>
+        <v>272</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>231</v>
+        <v>273</v>
       </c>
       <c r="H44" t="s">
-        <v>232</v>
+        <v>274</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>46</v>
+        <v>88</v>
       </c>
       <c r="B45" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="C45" t="s">
-        <v>234</v>
+        <v>276</v>
       </c>
       <c r="D45" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="E45" t="s">
-        <v>236</v>
+        <v>278</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>237</v>
+        <v>279</v>
       </c>
       <c r="H45" t="s">
-        <v>238</v>
-[...246 lines deleted...]
-      <c r="H9" t="s">
         <v>280</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">