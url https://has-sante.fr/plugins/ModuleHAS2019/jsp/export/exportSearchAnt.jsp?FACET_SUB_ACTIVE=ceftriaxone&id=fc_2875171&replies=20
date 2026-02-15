--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -1,1228 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="653" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="88">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>27/03/2024 14:32:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+    <t>General principles and prescription recommendations for antibiotics in primary care</t>
+  </si>
+  <si>
+    <t>The purpose of this guidance leaflet is to avoid inappropriate prescription of antibiotics, a source of selection pressure, which leads to the emergence of bacterial resistance and to therapeutic impasses.</t>
+  </si>
+  <si>
+    <t>02/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/24/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
-  </si>
-[...196 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643893/fr/ceftriaxone-qilu-ceftriaxone-cephalosporine-de-3e-generation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1244,2198 +389,451 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H9" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>44</v>
       </c>
-      <c r="H7" t="s">
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>84</v>
+      </c>
+      <c r="E18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...2031 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>