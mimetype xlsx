--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -9,243 +9,466 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/28/2016 17:43:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Précautions complémentaires contact</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur « Précautions complémentaires contact.».</t>
+  </si>
+  <si>
+    <t>23/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299879/fr/resultats-des-iqss-precautions-complementaires-contact</t>
+  </si>
+  <si>
+    <t>p_3299879</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Prise en charge du risque lié à la coloscopie en gastroentérologie</t>
+  </si>
+  <si>
+    <t>01/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272474/fr/prise-en-charge-du-risque-lie-a-la-coloscopie-en-gastroenterologie</t>
+  </si>
+  <si>
+    <t>c_272474</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS 2026 - MCO - Précautions complémentaires contact : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : Précautions complémentaires contact (données 2025).</t>
+  </si>
+  <si>
+    <t>14/04/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166241/fr/iqss-2026-mco-precautions-complementaires-contact-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3166241</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>