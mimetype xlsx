--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,242 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Études et Rapports</t>
-[...11 lines deleted...]
-    <t>17/12/2024 10:30:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3299879/fr/resultats-des-iqss-precautions-complementaires-contact</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3166241</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -260,171 +185,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...105 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>