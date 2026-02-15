--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -155,60 +155,60 @@
   <si>
     <t>c_2607794</t>
   </si>
   <si>
     <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
   </si>
   <si>
     <t>25/06/2014 00:00:00</t>
   </si>
   <si>
     <t>22/07/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2024 - MCO - Précautions complémentaires contact : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...2 lines deleted...]
-    <t>Campagne nationale 2024 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : Précautions complémentaires contact (données 2023).</t>
+    <t>IQSS 2026 - MCO - Précautions complémentaires contact : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en MCO à partir du dossier patient : Précautions complémentaires contact (données 2025).</t>
   </si>
   <si>
     <t>14/04/2022 17:09:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3166241/fr/iqss-2024-mco-precautions-complementaires-contact-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+    <t>https://www.has-sante.fr/jcms/p_3166241/fr/iqss-2026-mco-precautions-complementaires-contact-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3166241</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>