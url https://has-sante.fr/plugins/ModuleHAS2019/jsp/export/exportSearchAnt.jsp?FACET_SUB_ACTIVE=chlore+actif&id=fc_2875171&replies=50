--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Résultats des IQSS - Précautions complémentaires contact</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes de l'indicateur « Précautions complémentaires contact.».</t>
   </si>
   <si>
     <t>23/01/2023 00:00:00</t>
   </si>
   <si>
     <t>17/12/2024 10:30:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299879/fr/resultats-des-iqss-precautions-complementaires-contact</t>
   </si>
   <si>
     <t>p_3299879</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
   </si>
   <si>
     <t>21/06/2007 00:00:00</t>
   </si>
   <si>
     <t>27/11/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
   </si>
@@ -200,231 +218,257 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>