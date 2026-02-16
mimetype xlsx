--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -9,185 +9,455 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="118">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +473,509 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>63</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>69</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>97</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>99</v>
+      </c>
+      <c r="H17" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>103</v>
+      </c>
+      <c r="E18" t="s">
+        <v>104</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>110</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>111</v>
+      </c>
+      <c r="H19" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>