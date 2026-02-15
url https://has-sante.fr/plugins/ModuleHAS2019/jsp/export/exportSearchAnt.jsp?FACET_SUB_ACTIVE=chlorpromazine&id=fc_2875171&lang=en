--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -35,105 +35,105 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>