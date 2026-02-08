--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,1316 +1,371 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="237" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>HYLOVIS</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/12/2020 00:00:00</t>
-[...167 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...122 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>FEMADEXIL (chlorure de benzalkonium)</t>
   </si>
   <si>
-    <t>04/10/2017 09:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983581/fr/femadexil-chlorure-de-benzalkonium</t>
+    <t>10/04/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983581/en/femadexil-chlorure-de-benzalkonium</t>
   </si>
   <si>
     <t>pprd_2983581</t>
   </si>
   <si>
     <t>chlorure de benzalkonium</t>
   </si>
   <si>
     <t>MAJORELLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2775805/fr/femadexil-chlorure-de-benzalkonium-contraceptif-local</t>
+    <t>https://www.has-sante.fr/jcms/c_2775805/en/femadexil-benzalkonium-chloride-topical-contraceptive</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...305 lines deleted...]
-        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...340 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="J2" t="s">
-        <v>124</v>
+        <v>31</v>
       </c>
       <c r="K2" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>