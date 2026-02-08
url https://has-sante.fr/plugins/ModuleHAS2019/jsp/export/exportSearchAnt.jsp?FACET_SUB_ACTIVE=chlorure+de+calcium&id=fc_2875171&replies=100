--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,2057 +1,445 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="392" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>PROVOX LIFE</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/02/2025 00:00:00</t>
-[...209 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...152 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>14/04/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>04/14/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>04/10/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>CADDERA (chlorure de calcium dihydraté)</t>
   </si>
   <si>
-    <t>06/09/2019 11:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3083645/fr/caddera-chlorure-de-calcium-dihydrate</t>
+    <t>09/06/2019 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083645/en/caddera-chlorure-de-calcium-dihydrate</t>
   </si>
   <si>
     <t>p_3083645</t>
   </si>
   <si>
     <t>chlorure de calcium dihydraté</t>
   </si>
   <si>
     <t>FRESENIUS MEDICAL CARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3083088/fr/caddera-chlorure-de-calcium-dihydrate</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399805/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+    <t>https://www.has-sante.fr/jcms/p_3083088/en/caddera-chlorure-de-calcium-dihydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J13"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...359 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
-[...200 lines deleted...]
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>97</v>
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>101</v>
+        <v>31</v>
       </c>
       <c r="I3" t="s">
-        <v>97</v>
+        <v>32</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="I4" t="s">
-        <v>97</v>
-[...353 lines deleted...]
-        <v>156</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
-        <v>157</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
-        <v>158</v>
-[...221 lines deleted...]
-        <v>202</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>