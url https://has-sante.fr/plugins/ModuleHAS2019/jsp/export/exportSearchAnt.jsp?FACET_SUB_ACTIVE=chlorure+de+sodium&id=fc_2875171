--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -1,6892 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1343" uniqueCount="761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>23/06/2025 09:25:08</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
-[...1250 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
-[...2 lines deleted...]
-    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>01/11/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
-  </si>
-[...832 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J60"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...22 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...22 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>46</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
         <v>51</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>52</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>53</v>
-      </c>
-[...4226 lines deleted...]
-        <v>631</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>