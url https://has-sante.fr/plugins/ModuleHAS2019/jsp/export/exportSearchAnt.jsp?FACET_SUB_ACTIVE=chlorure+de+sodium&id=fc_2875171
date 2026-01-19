--- v1 (2025-10-19)
+++ v2 (2026-01-19)
@@ -1,477 +1,6980 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="773">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...5 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs de perfusion à domicile et prestations associées : Révision de catégories homogènes de dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Révision de catégories homogènes de dispositifs médicaux faisant suite à la saisine du ministère de la Santé et de la Prévention (direction de la Sécurité sociale) du 18 octobre 2023 en vue du programme de travail de la HAS pour 2024 concernant ces dispositifs et prestations</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 09:25:08</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3609430</t>
+  </si>
+  <si>
+    <t>Saisine (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>ODM 5</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2024 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511384/fr/odm-5</t>
+  </si>
+  <si>
+    <t>p_3511384</t>
+  </si>
+  <si>
+    <t>Solution stérile hyperosmolaire pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>OPTIVE FUSION</t>
+  </si>
+  <si>
+    <t>05/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 12:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301125/fr/optive-fusion</t>
+  </si>
+  <si>
+    <t>p_3301125</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE</t>
+  </si>
+  <si>
+    <t>OPTIVE ADVANCE</t>
+  </si>
+  <si>
+    <t>19/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2021 17:34:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296404/fr/optive-advance</t>
+  </si>
+  <si>
+    <t>p_3296404</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>ELIXYA</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2021 12:02:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289353/fr/elixya</t>
+  </si>
+  <si>
+    <t>p_3289353</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CHAUVIN</t>
+  </si>
+  <si>
+    <t>OPTIVE</t>
+  </si>
+  <si>
+    <t>22/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280990/fr/optive</t>
+  </si>
+  <si>
+    <t>p_3280990</t>
+  </si>
+  <si>
+    <t>THEALOSE</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267490/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3267490</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221147/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3221147</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
+  </si>
+  <si>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067123/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3067123</t>
+  </si>
+  <si>
+    <t>solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE THEA PHARMA</t>
+  </si>
+  <si>
+    <t>SOLITAIRE PLATINUM</t>
+  </si>
+  <si>
+    <t>17/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2018 17:06:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869228/fr/solitaire-platinum</t>
+  </si>
+  <si>
+    <t>c_2869228</t>
+  </si>
+  <si>
+    <t>stent retriever</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>LOFRIC</t>
+  </si>
+  <si>
+    <t>20/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 09:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2841240/fr/lofric</t>
+  </si>
+  <si>
+    <t>c_2841240</t>
+  </si>
+  <si>
+    <t>Sonde urinaire</t>
+  </si>
+  <si>
+    <t>DENTSPLY SIRONA France</t>
+  </si>
+  <si>
+    <t>14/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2016 08:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640411/fr/optive</t>
+  </si>
+  <si>
+    <t>c_2640411</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_2572145</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/08/2015 09:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053550/fr/thealose</t>
+  </si>
+  <si>
+    <t>c_2053550</t>
+  </si>
+  <si>
+    <t>Laboratoires Théa France</t>
+  </si>
+  <si>
+    <t>ALLOGREFFES OSSEUSES MASSIVES CRYOCONSERVEES</t>
+  </si>
+  <si>
+    <t>Allogreffes osseuses cryoconservées</t>
+  </si>
+  <si>
+    <t>30/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2015 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045747/fr/allogreffes-osseuses-massives-cryoconservees</t>
+  </si>
+  <si>
+    <t>c_2045747</t>
+  </si>
+  <si>
+    <t>OSTEO-BANQUE D'AUVERGNE</t>
+  </si>
+  <si>
+    <t>ALLOGREFFE DE VEINE SAPHENE CONSERVEE ENTRE +2°C ET +8°C</t>
+  </si>
+  <si>
+    <t>Greffon d'origine humaine</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2015 16:29:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045748/fr/allogreffe-de-veine-saphene-conservee-entre-2c-et-8c</t>
+  </si>
+  <si>
+    <t>c_2045748</t>
+  </si>
+  <si>
+    <t>BIOPROTEC SAS</t>
+  </si>
+  <si>
+    <t>SALITOL 7%</t>
+  </si>
+  <si>
+    <t>29/06/2015 15:08:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039958/fr/salitol-7</t>
+  </si>
+  <si>
+    <t>c_2039958</t>
+  </si>
+  <si>
+    <t>PARI  GmbH</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>Solution stérile pour irrigation oculaire</t>
+  </si>
+  <si>
+    <t>19/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 09:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696520/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_1696520</t>
+  </si>
+  <si>
+    <t>SANTEN SAS</t>
+  </si>
+  <si>
+    <t>XILOIAL MONO</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672024/fr/xiloial-mono</t>
+  </si>
+  <si>
+    <t>c_1672024</t>
+  </si>
+  <si>
+    <t>Laboratoires LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>XILOIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672027/fr/xiloial</t>
+  </si>
+  <si>
+    <t>c_1672027</t>
+  </si>
+  <si>
+    <t>GREFFONS TISSULAIRES D'ORIGINE HUMAINE</t>
+  </si>
+  <si>
+    <t>Allogreffes osseuses</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599695/fr/greffons-tissulaires-d-origine-humaine</t>
+  </si>
+  <si>
+    <t>c_1599695</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>HYANEB  - 23 novembre 2010 (2747) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile hypertonique pour inhalation PNEUMOLOGIE – Nouveau dispositif Avis défavorable au remboursement dans le traitement des patients atteints de mucoviscidose pour faciliter l’expectoration du mucus</t>
+  </si>
+  <si>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977175/fr/hyaneb-23-novembre-2010-2747-avis</t>
+  </si>
+  <si>
+    <t>c_977175</t>
+  </si>
+  <si>
+    <t>PRAXIS Pharmaceutical France</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>SYNVISC Hylane G-F 20 - CNEDiMTS du 06 octobre 2009 (1958)</t>
+  </si>
+  <si>
+    <t>06/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864577/fr/synvisc-hylane-g-f-20-cnedimts-du-06-octobre-2009-1958</t>
+  </si>
+  <si>
+    <t>c_864577</t>
+  </si>
+  <si>
+    <t>GENZYME SAS (France)</t>
+  </si>
+  <si>
+    <t>PATHAPHOENIX - CEPP du 01 septembre 2009 (2016)</t>
+  </si>
+  <si>
+    <t>Association de greffon osseux allogénique avec du sulfate de calcium (CaSO4) et de l’hydroxyéthylamidon</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2009 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847187/fr/pathaphoenix-cepp-du-01-septembre-2009-2016</t>
+  </si>
+  <si>
+    <t>c_847187</t>
+  </si>
+  <si>
+    <t>TBF</t>
+  </si>
+  <si>
+    <t>LUXYAL - CEPP du 07 juillet 2009 (2076)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831774/fr/luxyal-cepp-du-07-juillet-2009-2076</t>
+  </si>
+  <si>
+    <t>c_831774</t>
+  </si>
+  <si>
+    <t>Tubilux Pharma SpA (Italie)</t>
+  </si>
+  <si>
+    <t>HYDRALIS</t>
+  </si>
+  <si>
+    <t>12/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794152/fr/hydralis</t>
+  </si>
+  <si>
+    <t>c_794152</t>
+  </si>
+  <si>
+    <t>THEA France</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>11/11/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>11/11/2008 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736781/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_736781</t>
+  </si>
+  <si>
+    <t>CEPP</t>
+  </si>
+  <si>
+    <t>MUCOCLEAR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
+  </si>
+  <si>
+    <t>c_713689</t>
+  </si>
+  <si>
+    <t>PARI GmbH Allemagne</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_711468/fr/optive</t>
+  </si>
+  <si>
+    <t>c_711468</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS France</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_705814/fr/embosphere</t>
+  </si>
+  <si>
+    <t>c_705814</t>
+  </si>
+  <si>
+    <t>BioSphere Medical S.A.</t>
+  </si>
+  <si>
+    <t>EMBOGOLD</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_705818/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_705818</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>LIPIMIX</t>
+  </si>
+  <si>
+    <t>08/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2008 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677040/fr/lipimix</t>
+  </si>
+  <si>
+    <t>c_677040</t>
+  </si>
+  <si>
+    <t>TUBILUX PHARMA S.p.A. (Italie)</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674403/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_674403</t>
+  </si>
+  <si>
+    <t>GENZYME SAS France</t>
+  </si>
+  <si>
+    <t>BD SALINE XS</t>
+  </si>
+  <si>
+    <t>12/12/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2007 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616415/fr/bd-saline-xs</t>
+  </si>
+  <si>
+    <t>c_616415</t>
+  </si>
+  <si>
+    <t>BD France SAS</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_550223/fr/hylovis</t>
+  </si>
+  <si>
+    <t>c_550223</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483505/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_483505</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>09/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398399/fr/embosphere</t>
+  </si>
+  <si>
+    <t>c_398399</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>DOSI-FUSER</t>
+  </si>
+  <si>
+    <t>21/05/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398458/fr/dosi-fuser</t>
+  </si>
+  <si>
+    <t>c_398458</t>
+  </si>
+  <si>
+    <t>ASEPT IN MED SA (France)</t>
+  </si>
+  <si>
+    <t>Greffons humains osseux traités par procédé Supercrit, formes anatomiques</t>
+  </si>
+  <si>
+    <t>Greffons humains osseux</t>
+  </si>
+  <si>
+    <t>02/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398553/fr/greffons-humains-osseux-traites-par-procede-supercrit-formes-anatomiques</t>
+  </si>
+  <si>
+    <t>c_398553</t>
+  </si>
+  <si>
+    <t>BIOBANK (France)</t>
+  </si>
+  <si>
+    <t>Greffons humains osseux traités par procédé Supercrit, formes géométriques et copeaux</t>
+  </si>
+  <si>
+    <t>28/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398554/fr/greffons-humains-osseux-traites-par-procede-supercrit-formes-geometriques-et-copeaux</t>
+  </si>
+  <si>
+    <t>c_398554</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398724/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_398724</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398738/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_398738</t>
+  </si>
+  <si>
+    <t>CYSTISTAT 40mg/50ml</t>
+  </si>
+  <si>
+    <t>05/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
+  </si>
+  <si>
+    <t>c_398770</t>
+  </si>
+  <si>
+    <t>BIONICHE</t>
+  </si>
+  <si>
+    <t>VESIRIG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398799/fr/vesirig</t>
+  </si>
+  <si>
+    <t>c_398799</t>
+  </si>
+  <si>
+    <t>Laboratoire AGUETTANT</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+  </si>
+  <si>
+    <t>c_451135</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
+  </si>
+  <si>
+    <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
+  </si>
+  <si>
+    <t>05/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
+  </si>
+  <si>
+    <t>c_2891259</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1198113</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 février 2025</t>
+  </si>
+  <si>
+    <t>05/02/2025 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588671/fr/commission-de-la-transparence-reunion-du-12-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3588671</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CCES - Réunion du 20 septembre 2022</t>
+  </si>
+  <si>
+    <t>08/07/2024 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529480/fr/cces-reunion-du-20-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3529480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 août 2023</t>
+  </si>
+  <si>
+    <t>25/08/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458179/fr/commission-de-la-transparence-reunion-du-30-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3458179</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 19 janvier 2022</t>
+  </si>
+  <si>
+    <t>12/01/2022 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309308/fr/commission-de-la-transparence-reunion-du-19-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3309308</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 7 juillet 2020</t>
+  </si>
+  <si>
+    <t>03/07/2020 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192719/fr/cnedimts-reunion-du-7-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mars 2020</t>
+  </si>
+  <si>
+    <t>06/03/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161371/fr/commission-de-la-transparence-reunion-du-11-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3161371</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 17 avril 2018</t>
+  </si>
+  <si>
+    <t>13/04/2018 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842798/fr/cnedimts-reunion-du-17-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2842798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2008</t>
+  </si>
+  <si>
+    <t>11/06/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_669425/fr/commission-de-la-transparence-reunion-du-11-juin-2008</t>
+  </si>
+  <si>
+    <t>c_669425</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 septembre 2007</t>
+  </si>
+  <si>
+    <t>26/09/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682819/fr/commission-de-la-transparence-reunion-du-26-septembre-2007</t>
+  </si>
+  <si>
+    <t>c_682819</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0007/AC/SEAP du 18 janvier 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, des actes de préparation de fistules et d’administration de thérapie cellulaire dans le cadre du traitement des fistules anales complexes chez les patients atteints de maladie de Crohn</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes de préparation de fistules et d’administration de thérapie cellulaire dans le cadre du traitement des fistules anales complexes chez les patients atteints de maladie de Crohn</t>
+  </si>
+  <si>
+    <t>18/01/2024 15:23:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:45:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3489238/fr/avis-n2024-0007/ac/seap-du-18-janvier-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-de-preparation-de-fistules-et-d-administration-de-therapie-cellulaire-dans-le-cadre-du-traitement-des-fistules-anales-complexes-chez-les-patients-atteints-de-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>p_3489238</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
+  </si>
+  <si>
+    <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>p_3517331</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550892/fr/strategie-de-vaccination-contre-les-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus-place-du-vaccin-mresvia-moderna</t>
+  </si>
+  <si>
+    <t>p_3550892</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...110 lines deleted...]
-    <t>c_1198113</t>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm COMIRNATY® chez les 12-15 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin COMIRNATY® (laboratoires BioNTech et Pfizer) a obtenu une autorisation de mise sur le marché (AMM) conditionnelle, en Europe (procédure centralisée), le 21/12/2020 (2, 3) « pour l’immunisation active pour la prévention de la COVID-19 causée par le virus SARS-CoV-2, chez les personnes âgées de 16 ans et plus », avec une extension de son indication aux adolescents de 12 à 15 ans le 28/05/2021. Ces recommandations s’inscrivent dans le cadre d’une extension de l’AMM du vaccin à ARNm COMIRNATY® développé par les firmes BioNTech et Pfizer et visent donc à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 15 ans.</t>
+  </si>
+  <si>
+    <t>02/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269889/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-12-15-ans</t>
+  </si>
+  <si>
+    <t>p_3269889</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin Covid-19 Janssen</t>
+  </si>
+  <si>
+    <t>Le vaccin Covid-19 Janssen a obtenu le 11 mars 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS considère, par ailleurs, que le schéma de vaccination à une dose et les conditions de conservation de ce vaccin le rendent particulièrement adapté pour les publics les plus éloignés du système de santé, les personnes en situation de précarité économique et sociale, et les personnes en situation de handicap ou éprouvant des difficultés pour se déplacer.</t>
+  </si>
+  <si>
+    <t>12/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2021 20:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242795/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-covid-19-janssen</t>
+  </si>
+  <si>
+    <t>p_3242795</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 – Place du vaccin à ARNm COMIRNATY® (BNT162b2)</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin COMIRNATY (BNT162b2) à ARNm de SARS-CoV-2 développé par les firmes BioNTech et Pfizer est le premier vaccin contre la Covid-19 à obtenir une autorisation de mise sur le marché conditionnelle en Europe. Dans la continuité des travaux déjà menés sur la stratégie de vaccination contre le SARS-CoV-2, et à la demande du ministère chargé de la Santé, la HAS en s’appuyant sur la commission technique des vaccinations, actualise aujourd’hui ses recommandations sur la stratégie de vaccination contre la Covid-19 et détermine la place du vaccin COMIRNATY (BNT162b2) dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>23/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2020 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227132/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-comirnaty-bnt162b2</t>
+  </si>
+  <si>
+    <t>p_3227132</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Covid-19 Vaccine AstraZeneca®</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin Covid-19 Vaccine AstraZeneca® a obtenu le 29 janvier 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS estime que le vaccin AZD1222 développé par Astra Zeneca peut être utilisé, conformément à son AMM et dans le cadre de la stratégie vaccinale préalablement définie par la HAS. Toutefois, dans l’attente de données complémentaires, la HAS recommande de privilégier les vaccins à ARNm chez les personnes âgées de 65 ans et plus, en commençant par les plus âgées et présentant des comorbidités conformément aux populations prioritaires définies dans la stratégie vaccinale. Le vaccin AZD1222 est donc recommandé préférentiellement aux professionnels du secteur de la santé ou du médico-social de moins de 65 ans et aux personnes de moins de 65 ans, en commençant par les personnes âgées de 50 à 64 ans et qui présentent des comorbidités.</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235868/fr/strategie-de-vaccination-contre-la-covid-19-place-du-covid-19-vaccine-astrazeneca</t>
+  </si>
+  <si>
+    <t>p_3235868</t>
+  </si>
+  <si>
+    <t>Place du vaccin Dengvaxia® dans la stratégie de lutte contre la dengue dans les départements français d'Outre-mer- Mayotte et territoires français d’Amérique</t>
+  </si>
+  <si>
+    <t>Le rapport concerne la place du vaccin Dengvaxia® dans la stratégie de lutte contre la dengue dans les territoires français d’Amérique et à Mayotte.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912616/fr/place-du-vaccin-dengvaxia-dans-la-strategie-de-lutte-contre-la-dengue-dans-les-departements-francais-d-outre-mer-mayotte-et-territoires-francais-d-amerique</t>
+  </si>
+  <si>
+    <t>c_2912616</t>
+  </si>
+  <si>
+    <t>Place du vaccin Dengvaxia® dans la stratégie de lutte contre la dengue dans les départements français d'Outre-mer- L'île de La Réunion</t>
+  </si>
+  <si>
+    <t>La HAS ne recommande pas l’utilisation du vaccin Dengvaxia® pour les personnes qui vivent ou se rendent à La Réunion.</t>
+  </si>
+  <si>
+    <t>30/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2019 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902751/fr/place-du-vaccin-dengvaxia-dans-la-strategie-de-lutte-contre-la-dengue-dans-les-departements-francais-d-outre-mer-l-ile-de-la-reunion</t>
+  </si>
+  <si>
+    <t>c_2902751</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Chambres à catheter implantables</t>
+  </si>
+  <si>
+    <t>19/10/2006 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_448874/fr/chambres-a-catheter-implantables</t>
+  </si>
+  <si>
+    <t>c_448874</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM (chlorure de sodium)</t>
+  </si>
+  <si>
+    <t>25/02/2025 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120858/fr/chlorure-de-sodium-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3120858</t>
+  </si>
+  <si>
+    <t>chlorure de sodium</t>
+  </si>
+  <si>
+    <t>AGUETTANT / BAXTER SAS / B. BRAUN MEDICAL / BIOLUZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149207/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119795/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735570/fr/sodium-chlorure-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590908/fr/chlorure-de-sodium-aguettant-chlorure-de-sodium-solute</t>
+  </si>
+  <si>
+    <t>MAINTELYTE (glucose/ chlorure de sodium/ trihydrate d’acétate de sodium/ chlorure ...)</t>
+  </si>
+  <si>
+    <t>27/03/2020 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167144/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
+  </si>
+  <si>
+    <t>p_3167144</t>
+  </si>
+  <si>
+    <t>glucose,chlorure de sodium,trihydrate d’acétate de sodium,chlorure de potassium,chlorure de magnésium hexahydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166659/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
+  </si>
+  <si>
+    <t>PRISMASOL POTASSIUM (solution d'électrolytes : chlorure de calcium, glucose anhydre, acide ...)</t>
+  </si>
+  <si>
+    <t>27/11/2019 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985973/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>pprd_2985973</t>
+  </si>
+  <si>
+    <t>solution d'électrolytes : chlorure de calcium, glucose anhydre, acide lactique, chlorure de magnesium,solution tampon : bicarbonate de sodium, chlorure de potassium, chlorure de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399651/fr/prismasol-2mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-prismasol-4mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-5000-ml-en-poche-pvc-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>LARMABAK (chlorure de sodium)</t>
+  </si>
+  <si>
+    <t>11/12/2018 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982980/fr/larmabak-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2982980</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399500/fr/larmabak-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798102/fr/larmabak-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218116/fr/larmabak-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888496/fr/larmabak-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>DILUANT PHYSIOLOGIQUE PHENOLE (chlorure de sodium/ phénol)</t>
+  </si>
+  <si>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983795/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>pprd_2983795</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,phénol</t>
+  </si>
+  <si>
+    <t>STALLERGENES SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458679/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359727/fr/diluant-physiologique-phenole-a-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732119/fr/diluant-physiologique-phenole-chlorure-de-sodium/-phenol</t>
+  </si>
+  <si>
+    <t>REGIOCIT (chlorure de sodium/ citrate de sodium)</t>
+  </si>
+  <si>
+    <t>04/04/2016 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984156/fr/regiocit-chlorure-de-sodium/-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984156</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,citrate de sodium</t>
+  </si>
+  <si>
+    <t>BAXTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621056/fr/regiocit-chlorure-de-sodium/-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>PHYSIONEAL 35 et 40 GLUCOSE (chlorure de sodium/ chlorure de calcium dihydraté/ lactate de sodium a...)</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984834/fr/physioneal-35-et-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>pprd_2984834</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de calcium dihydraté,lactate de sodium anhydre,chlorure de magnésium hexahydraté,glucose monohydraté,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400012/fr/physioneal-35-glucose-1-36-physioneal-35-glucose-2-27-physioneal-35-glucose-3-86-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720503/fr/physioneal-40-glucose-chlorure-de-sodium/-chlorure-de-calcium-dihydrate/-lactate-de-sodium-a</t>
+  </si>
+  <si>
+    <t>ISOFUNDINE (chlorure de sodium/ chlorure de potassium/ chlorure de magnésium hexahydraté/ chlorure de calcium dihydraté/ acétate de sodium trihydraté/ acide malique)</t>
+  </si>
+  <si>
+    <t>10/10/2007 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985423/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>pprd_2985423</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,acétate de sodium trihydraté,acide malique</t>
+  </si>
+  <si>
+    <t>B BRAUN Medical</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603026/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>SOLUTE PHYSIOLOGIQUE PHENOLE (phénol/ chlorure de sodium)</t>
+  </si>
+  <si>
+    <t>08/11/2006 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985488/fr/solute-physiologique-phenole-phenol/-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985488</t>
+  </si>
+  <si>
+    <t>phénol,chlorure de sodium</t>
+  </si>
+  <si>
+    <t>CHAIX ET DU MARAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468503/fr/solute-physiologique-phenole-phenol/-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>MULTIBIC (bicarbonate de sodium/ chlorure de calcium/ chlorure de magnésium hexa...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985892/fr/multibic-bicarbonate-de-sodium/-chlorure-de-calcium/-chlorure-de-magnesium-hexa</t>
+  </si>
+  <si>
+    <t>pprd_2985892</t>
+  </si>
+  <si>
+    <t>bicarbonate de sodium,chlorure de calcium,chlorure de magnésium hexahydraté,chlorure de potassium,chlorure de sodium,glucose monohydrate,solution acide à base de glucose et d’électrolytes (petit compartiment),solution alcaline de bicarbonate (grand compartiment)</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400034/fr/multibic-2-mmol/l-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2-multibic-sans-potassium-solution-pour-hemofiltration-4-5-litres-en-poche-bi-compartimentee-boite-de-2</t>
+  </si>
+  <si>
+    <t>HYPERHES (hydroxyéthylamidon/ chlorure de sodium)</t>
+  </si>
+  <si>
+    <t>23/07/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985931/fr/hyperhes-hydroxyethylamidon/-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985931</t>
+  </si>
+  <si>
+    <t>hydroxyéthylamidon,chlorure de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoires FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399874/fr/hyperhes-hydroxyethylamidon/-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>DIALYSE PERITONEALE CONTINUE AMBULATOIRE (chlorure de calcium/ chlorure de sodium/ chlorure de magnésium hexahyd...)</t>
+  </si>
+  <si>
+    <t>05/03/2003 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985952/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+  </si>
+  <si>
+    <t>pprd_2985952</t>
+  </si>
+  <si>
+    <t>chlorure de calcium,chlorure de sodium,chlorure de magnésium hexahydraté,glucose anhydre,lactate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399805/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+  </si>
+  <si>
+    <t>AMUKINE (solution aqueuse d’hypochlorite de sodium/ solution aqueuse de chlorur...)</t>
+  </si>
+  <si>
+    <t>21/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986061/fr/amukine-solution-aqueuse-d-hypochlorite-de-sodium/-solution-aqueuse-de-chlorur</t>
+  </si>
+  <si>
+    <t>pprd_2986061</t>
+  </si>
+  <si>
+    <t>solution aqueuse d’hypochlorite de sodium,solution aqueuse de chlorure de sodium</t>
+  </si>
+  <si>
+    <t>GIFRER BARBEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399212/fr/amukine-0-06-pour-cent-solution-pour-application-locale-flacon-de-200-ml</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J60"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>32</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
+        <v>62</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" t="s">
+        <v>73</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+      <c r="I12" t="s">
+        <v>80</v>
+      </c>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
         <v>51</v>
       </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" t="s">
+        <v>86</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>91</v>
+      </c>
+      <c r="H14" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" t="s">
+        <v>93</v>
+      </c>
+      <c r="J14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>98</v>
+      </c>
+      <c r="H15" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" t="s">
+        <v>100</v>
+      </c>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+      <c r="I16" t="s">
+        <v>15</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>108</v>
+      </c>
+      <c r="H17" t="s">
+        <v>109</v>
+      </c>
+      <c r="I17" t="s">
+        <v>15</v>
+      </c>
+      <c r="J17" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>112</v>
+      </c>
+      <c r="H18" t="s">
+        <v>113</v>
+      </c>
+      <c r="I18" t="s">
+        <v>15</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>114</v>
+      </c>
+      <c r="E19" t="s">
+        <v>115</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>116</v>
+      </c>
+      <c r="H19" t="s">
+        <v>117</v>
+      </c>
+      <c r="I19" t="s">
+        <v>15</v>
+      </c>
+      <c r="J19" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>120</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>122</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>123</v>
+      </c>
+      <c r="H20" t="s">
+        <v>124</v>
+      </c>
+      <c r="I20" t="s">
+        <v>120</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H21" t="s">
+        <v>131</v>
+      </c>
+      <c r="I21" t="s">
+        <v>127</v>
+      </c>
+      <c r="J21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>128</v>
+      </c>
+      <c r="E22" t="s">
+        <v>134</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>135</v>
+      </c>
+      <c r="H22" t="s">
+        <v>136</v>
+      </c>
+      <c r="I22" t="s">
+        <v>15</v>
+      </c>
+      <c r="J22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>139</v>
+      </c>
+      <c r="D23" t="s">
+        <v>140</v>
+      </c>
+      <c r="E23" t="s">
+        <v>141</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>142</v>
+      </c>
+      <c r="H23" t="s">
+        <v>143</v>
+      </c>
+      <c r="I23" t="s">
+        <v>139</v>
+      </c>
+      <c r="J23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>146</v>
+      </c>
+      <c r="D24" t="s">
+        <v>147</v>
+      </c>
+      <c r="E24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>149</v>
+      </c>
+      <c r="H24" t="s">
+        <v>150</v>
+      </c>
+      <c r="I24" t="s">
+        <v>146</v>
+      </c>
+      <c r="J24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>153</v>
+      </c>
+      <c r="E25" t="s">
+        <v>154</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>155</v>
+      </c>
+      <c r="H25" t="s">
+        <v>156</v>
+      </c>
+      <c r="I25" t="s">
+        <v>146</v>
+      </c>
+      <c r="J25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" t="s">
+        <v>153</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>159</v>
+      </c>
+      <c r="H26" t="s">
+        <v>160</v>
+      </c>
+      <c r="I26" t="s">
+        <v>146</v>
+      </c>
+      <c r="J26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>162</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>164</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>165</v>
+      </c>
+      <c r="H27" t="s">
+        <v>166</v>
+      </c>
+      <c r="I27" t="s">
+        <v>162</v>
+      </c>
+      <c r="J27" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>167</v>
+      </c>
+      <c r="C28" t="s">
+        <v>168</v>
+      </c>
+      <c r="D28" t="s">
+        <v>169</v>
+      </c>
+      <c r="E28" t="s">
+        <v>170</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>171</v>
+      </c>
+      <c r="H28" t="s">
+        <v>172</v>
+      </c>
+      <c r="I28" t="s">
+        <v>15</v>
+      </c>
+      <c r="J28" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>174</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" t="s">
+        <v>176</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>177</v>
+      </c>
+      <c r="H29" t="s">
+        <v>178</v>
+      </c>
+      <c r="I29" t="s">
+        <v>15</v>
+      </c>
+      <c r="J29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>180</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>176</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>181</v>
+      </c>
+      <c r="H30" t="s">
+        <v>182</v>
+      </c>
+      <c r="I30" t="s">
+        <v>15</v>
+      </c>
+      <c r="J30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>183</v>
+      </c>
+      <c r="C31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" t="s">
+        <v>175</v>
+      </c>
+      <c r="E31" t="s">
+        <v>176</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>184</v>
+      </c>
+      <c r="H31" t="s">
+        <v>185</v>
+      </c>
+      <c r="I31" t="s">
+        <v>15</v>
+      </c>
+      <c r="J31" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>186</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>175</v>
+      </c>
+      <c r="E32" t="s">
+        <v>176</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>187</v>
+      </c>
+      <c r="H32" t="s">
+        <v>188</v>
+      </c>
+      <c r="I32" t="s">
+        <v>15</v>
+      </c>
+      <c r="J32" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>190</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
+        <v>192</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>193</v>
+      </c>
+      <c r="H33" t="s">
+        <v>194</v>
+      </c>
+      <c r="I33" t="s">
+        <v>15</v>
+      </c>
+      <c r="J33" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" t="s">
+        <v>197</v>
+      </c>
+      <c r="D34" t="s">
+        <v>198</v>
+      </c>
+      <c r="E34" t="s">
+        <v>199</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>200</v>
+      </c>
+      <c r="H34" t="s">
+        <v>201</v>
+      </c>
+      <c r="I34" t="s">
+        <v>15</v>
+      </c>
+      <c r="J34" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>203</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>204</v>
+      </c>
+      <c r="E35" t="s">
+        <v>205</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>206</v>
+      </c>
+      <c r="H35" t="s">
+        <v>207</v>
+      </c>
+      <c r="I35" t="s">
+        <v>15</v>
+      </c>
+      <c r="J35" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>209</v>
+      </c>
+      <c r="C36" t="s">
+        <v>210</v>
+      </c>
+      <c r="D36" t="s">
+        <v>211</v>
+      </c>
+      <c r="E36" t="s">
+        <v>212</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>213</v>
+      </c>
+      <c r="H36" t="s">
+        <v>214</v>
+      </c>
+      <c r="I36" t="s">
+        <v>210</v>
+      </c>
+      <c r="J36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>216</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>217</v>
+      </c>
+      <c r="E37" t="s">
+        <v>218</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>219</v>
+      </c>
+      <c r="H37" t="s">
+        <v>220</v>
+      </c>
+      <c r="I37" t="s">
+        <v>15</v>
+      </c>
+      <c r="J37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>223</v>
+      </c>
+      <c r="E38" t="s">
+        <v>224</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>225</v>
+      </c>
+      <c r="H38" t="s">
+        <v>226</v>
+      </c>
+      <c r="I38" t="s">
+        <v>15</v>
+      </c>
+      <c r="J38" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>145</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>228</v>
+      </c>
+      <c r="E39" t="s">
+        <v>229</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>230</v>
+      </c>
+      <c r="H39" t="s">
+        <v>231</v>
+      </c>
+      <c r="I39" t="s">
+        <v>15</v>
+      </c>
+      <c r="J39" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>234</v>
+      </c>
+      <c r="E40" t="s">
+        <v>235</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>236</v>
+      </c>
+      <c r="H40" t="s">
+        <v>237</v>
+      </c>
+      <c r="I40" t="s">
+        <v>15</v>
+      </c>
+      <c r="J40" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>241</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>242</v>
+      </c>
+      <c r="H41" t="s">
+        <v>243</v>
+      </c>
+      <c r="I41" t="s">
+        <v>15</v>
+      </c>
+      <c r="J41" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>240</v>
+      </c>
+      <c r="E42" t="s">
+        <v>245</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>246</v>
+      </c>
+      <c r="H42" t="s">
+        <v>247</v>
+      </c>
+      <c r="I42" t="s">
+        <v>15</v>
+      </c>
+      <c r="J42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>249</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>250</v>
+      </c>
+      <c r="E43" t="s">
+        <v>251</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>252</v>
+      </c>
+      <c r="H43" t="s">
+        <v>253</v>
+      </c>
+      <c r="I43" t="s">
+        <v>15</v>
+      </c>
+      <c r="J43" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>250</v>
+      </c>
+      <c r="E44" t="s">
+        <v>256</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>257</v>
+      </c>
+      <c r="H44" t="s">
+        <v>258</v>
+      </c>
+      <c r="I44" t="s">
+        <v>15</v>
+      </c>
+      <c r="J44" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>259</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>260</v>
+      </c>
+      <c r="E45" t="s">
+        <v>261</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>262</v>
+      </c>
+      <c r="H45" t="s">
+        <v>263</v>
+      </c>
+      <c r="I45" t="s">
+        <v>15</v>
+      </c>
+      <c r="J45" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>265</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>266</v>
+      </c>
+      <c r="E46" t="s">
+        <v>267</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>268</v>
+      </c>
+      <c r="H46" t="s">
+        <v>269</v>
+      </c>
+      <c r="I46" t="s">
+        <v>15</v>
+      </c>
+      <c r="J46" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" t="s">
+        <v>271</v>
+      </c>
+      <c r="E47" t="s">
+        <v>272</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>273</v>
+      </c>
+      <c r="H47" t="s">
+        <v>274</v>
+      </c>
+      <c r="I47" t="s">
+        <v>15</v>
+      </c>
+      <c r="J47" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>276</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>277</v>
+      </c>
+      <c r="E48" t="s">
+        <v>278</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>279</v>
+      </c>
+      <c r="H48" t="s">
+        <v>280</v>
+      </c>
+      <c r="I48" t="s">
+        <v>15</v>
+      </c>
+      <c r="J48" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>282</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>283</v>
+      </c>
+      <c r="E49" t="s">
+        <v>284</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>285</v>
+      </c>
+      <c r="H49" t="s">
+        <v>286</v>
+      </c>
+      <c r="I49" t="s">
+        <v>15</v>
+      </c>
+      <c r="J49" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>287</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>288</v>
+      </c>
+      <c r="E50" t="s">
+        <v>289</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>290</v>
+      </c>
+      <c r="H50" t="s">
+        <v>291</v>
+      </c>
+      <c r="I50" t="s">
+        <v>15</v>
+      </c>
+      <c r="J50" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" t="s">
+        <v>292</v>
+      </c>
+      <c r="E51" t="s">
+        <v>293</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>294</v>
+      </c>
+      <c r="H51" t="s">
+        <v>295</v>
+      </c>
+      <c r="I51" t="s">
+        <v>15</v>
+      </c>
+      <c r="J51" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>233</v>
+      </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" t="s">
+        <v>296</v>
+      </c>
+      <c r="E52" t="s">
+        <v>297</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>298</v>
+      </c>
+      <c r="H52" t="s">
+        <v>299</v>
+      </c>
+      <c r="I52" t="s">
+        <v>15</v>
+      </c>
+      <c r="J52" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>249</v>
+      </c>
+      <c r="C53" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" t="s">
+        <v>301</v>
+      </c>
+      <c r="E53" t="s">
+        <v>301</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>302</v>
+      </c>
+      <c r="H53" t="s">
+        <v>303</v>
+      </c>
+      <c r="I53" t="s">
+        <v>15</v>
+      </c>
+      <c r="J53" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>305</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>306</v>
+      </c>
+      <c r="E54" t="s">
+        <v>306</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>307</v>
+      </c>
+      <c r="H54" t="s">
+        <v>308</v>
+      </c>
+      <c r="I54" t="s">
+        <v>15</v>
+      </c>
+      <c r="J54" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>310</v>
+      </c>
+      <c r="C55" t="s">
+        <v>311</v>
+      </c>
+      <c r="D55" t="s">
+        <v>312</v>
+      </c>
+      <c r="E55" t="s">
+        <v>312</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>313</v>
+      </c>
+      <c r="H55" t="s">
+        <v>314</v>
+      </c>
+      <c r="I55" t="s">
+        <v>311</v>
+      </c>
+      <c r="J55" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>316</v>
+      </c>
+      <c r="C56" t="s">
+        <v>311</v>
+      </c>
+      <c r="D56" t="s">
+        <v>317</v>
+      </c>
+      <c r="E56" t="s">
+        <v>317</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>318</v>
+      </c>
+      <c r="H56" t="s">
+        <v>319</v>
+      </c>
+      <c r="I56" t="s">
+        <v>311</v>
+      </c>
+      <c r="J56" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>64</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>320</v>
+      </c>
+      <c r="E57" t="s">
+        <v>320</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>321</v>
+      </c>
+      <c r="H57" t="s">
+        <v>322</v>
+      </c>
+      <c r="I57" t="s">
+        <v>15</v>
+      </c>
+      <c r="J57" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>255</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>301</v>
+      </c>
+      <c r="E58" t="s">
+        <v>301</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>323</v>
+      </c>
+      <c r="H58" t="s">
+        <v>324</v>
+      </c>
+      <c r="I58" t="s">
+        <v>15</v>
+      </c>
+      <c r="J58" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>325</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>326</v>
+      </c>
+      <c r="E59" t="s">
+        <v>326</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>327</v>
+      </c>
+      <c r="H59" t="s">
+        <v>328</v>
+      </c>
+      <c r="I59" t="s">
+        <v>15</v>
+      </c>
+      <c r="J59" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>330</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>331</v>
+      </c>
+      <c r="E60" t="s">
+        <v>331</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>332</v>
+      </c>
+      <c r="H60" t="s">
+        <v>333</v>
+      </c>
+      <c r="I60" t="s">
+        <v>15</v>
+      </c>
+      <c r="J60" t="s">
+        <v>334</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>644</v>
+      </c>
+      <c r="B2" t="s">
+        <v>645</v>
+      </c>
+      <c r="C2" t="s">
+        <v>646</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>647</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>648</v>
+      </c>
+      <c r="H2" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>644</v>
+      </c>
+      <c r="B3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>651</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>652</v>
+      </c>
+      <c r="H3" t="s">
+        <v>653</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>654</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>656</v>
+      </c>
+      <c r="B2" t="s">
+        <v>657</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>659</v>
+      </c>
+      <c r="H2" t="s">
+        <v>660</v>
+      </c>
+      <c r="I2" t="s">
+        <v>661</v>
+      </c>
+      <c r="J2" t="s">
+        <v>662</v>
+      </c>
+      <c r="K2" t="s">
+        <v>663</v>
+      </c>
+      <c r="L2" t="s">
+        <v>664</v>
+      </c>
+      <c r="M2" t="s">
+        <v>665</v>
+      </c>
+      <c r="N2" t="s">
+        <v>666</v>
+      </c>
+      <c r="O2" t="s">
+        <v>667</v>
+      </c>
+      <c r="P2" t="s">
+        <v>668</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>669</v>
+      </c>
+      <c r="R2" t="s">
+        <v>670</v>
+      </c>
+      <c r="S2" t="s">
+        <v>671</v>
+      </c>
+      <c r="T2" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>675</v>
+      </c>
+      <c r="H3" t="s">
+        <v>676</v>
+      </c>
+      <c r="I3" t="s">
+        <v>677</v>
+      </c>
+      <c r="J3" t="s">
+        <v>678</v>
+      </c>
+      <c r="K3" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>656</v>
+      </c>
+      <c r="B4" t="s">
+        <v>680</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>681</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>682</v>
+      </c>
+      <c r="H4" t="s">
+        <v>683</v>
+      </c>
+      <c r="I4" t="s">
+        <v>684</v>
+      </c>
+      <c r="J4" t="s">
+        <v>678</v>
+      </c>
+      <c r="K4" t="s">
+        <v>685</v>
+      </c>
+      <c r="L4" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>656</v>
+      </c>
+      <c r="B5" t="s">
+        <v>687</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>688</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>689</v>
+      </c>
+      <c r="H5" t="s">
+        <v>690</v>
+      </c>
+      <c r="I5" t="s">
+        <v>661</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>691</v>
+      </c>
+      <c r="L5" t="s">
+        <v>692</v>
+      </c>
+      <c r="M5" t="s">
+        <v>693</v>
+      </c>
+      <c r="N5" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>656</v>
+      </c>
+      <c r="B6" t="s">
+        <v>695</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>696</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>697</v>
+      </c>
+      <c r="H6" t="s">
+        <v>698</v>
+      </c>
+      <c r="I6" t="s">
+        <v>699</v>
+      </c>
+      <c r="J6" t="s">
+        <v>700</v>
+      </c>
+      <c r="K6" t="s">
+        <v>701</v>
+      </c>
+      <c r="L6" t="s">
+        <v>702</v>
+      </c>
+      <c r="M6" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>656</v>
+      </c>
+      <c r="B7" t="s">
+        <v>704</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>705</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>706</v>
+      </c>
+      <c r="H7" t="s">
+        <v>707</v>
+      </c>
+      <c r="I7" t="s">
+        <v>708</v>
+      </c>
+      <c r="J7" t="s">
+        <v>709</v>
+      </c>
+      <c r="K7" t="s">
+        <v>710</v>
+      </c>
+      <c r="L7" t="s">
+        <v>711</v>
+      </c>
+      <c r="M7" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>656</v>
+      </c>
+      <c r="B8" t="s">
+        <v>713</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>714</v>
+      </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>715</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>716</v>
+      </c>
+      <c r="I8" t="s">
+        <v>717</v>
+      </c>
+      <c r="J8" t="s">
+        <v>718</v>
+      </c>
+      <c r="K8" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>656</v>
+      </c>
+      <c r="B9" t="s">
+        <v>720</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>721</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>722</v>
+      </c>
+      <c r="H9" t="s">
+        <v>723</v>
+      </c>
+      <c r="I9" t="s">
+        <v>724</v>
+      </c>
+      <c r="J9" t="s">
+        <v>678</v>
+      </c>
+      <c r="K9" t="s">
+        <v>725</v>
+      </c>
+      <c r="L9" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>656</v>
+      </c>
+      <c r="B10" t="s">
+        <v>727</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>728</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>729</v>
+      </c>
+      <c r="H10" t="s">
+        <v>730</v>
+      </c>
+      <c r="I10" t="s">
+        <v>731</v>
+      </c>
+      <c r="J10" t="s">
+        <v>732</v>
+      </c>
+      <c r="K10" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>656</v>
+      </c>
+      <c r="B11" t="s">
+        <v>734</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>735</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>736</v>
+      </c>
+      <c r="H11" t="s">
+        <v>737</v>
+      </c>
+      <c r="I11" t="s">
+        <v>738</v>
+      </c>
+      <c r="J11" t="s">
+        <v>739</v>
+      </c>
+      <c r="K11" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>656</v>
+      </c>
+      <c r="B12" t="s">
+        <v>741</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>312</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>742</v>
+      </c>
+      <c r="H12" t="s">
+        <v>743</v>
+      </c>
+      <c r="I12" t="s">
+        <v>744</v>
+      </c>
+      <c r="J12" t="s">
+        <v>745</v>
+      </c>
+      <c r="K12" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>656</v>
+      </c>
+      <c r="B13" t="s">
+        <v>747</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>748</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>749</v>
+      </c>
+      <c r="H13" t="s">
+        <v>750</v>
+      </c>
+      <c r="I13" t="s">
+        <v>751</v>
+      </c>
+      <c r="J13" t="s">
+        <v>752</v>
+      </c>
+      <c r="K13" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>656</v>
+      </c>
+      <c r="B14" t="s">
+        <v>754</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>755</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>756</v>
+      </c>
+      <c r="H14" t="s">
+        <v>757</v>
+      </c>
+      <c r="I14" t="s">
+        <v>758</v>
+      </c>
+      <c r="J14" t="s">
+        <v>745</v>
+      </c>
+      <c r="K14" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>656</v>
+      </c>
+      <c r="B15" t="s">
+        <v>760</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>761</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>762</v>
+      </c>
+      <c r="H15" t="s">
+        <v>763</v>
+      </c>
+      <c r="I15" t="s">
+        <v>764</v>
+      </c>
+      <c r="J15" t="s">
+        <v>765</v>
+      </c>
+      <c r="K15" t="s">
+        <v>766</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>767</v>
+      </c>
+      <c r="B2" t="s">
+        <v>768</v>
+      </c>
+      <c r="C2" t="s">
+        <v>769</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>770</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>771</v>
+      </c>
+      <c r="H2" t="s">
+        <v>772</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>335</v>
+      </c>
+      <c r="B2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C2" t="s">
+        <v>337</v>
+      </c>
+      <c r="D2" t="s">
+        <v>338</v>
+      </c>
+      <c r="E2" t="s">
+        <v>339</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>340</v>
+      </c>
+      <c r="H2" t="s">
+        <v>341</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>342</v>
+      </c>
+      <c r="B2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C2" t="s">
+        <v>344</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>345</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>346</v>
+      </c>
+      <c r="H2" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C3" t="s">
+        <v>349</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>351</v>
+      </c>
+      <c r="H3" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>342</v>
+      </c>
+      <c r="B4" t="s">
+        <v>353</v>
+      </c>
+      <c r="C4" t="s">
+        <v>354</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>355</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>356</v>
+      </c>
+      <c r="H4" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>342</v>
+      </c>
+      <c r="B5" t="s">
+        <v>358</v>
+      </c>
+      <c r="C5" t="s">
+        <v>359</v>
+      </c>
+      <c r="D5" t="s">
+        <v>360</v>
+      </c>
+      <c r="E5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>362</v>
+      </c>
+      <c r="H5" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B6" t="s">
+        <v>364</v>
+      </c>
+      <c r="C6" t="s">
+        <v>365</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>366</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>367</v>
+      </c>
+      <c r="H6" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>342</v>
+      </c>
+      <c r="B7" t="s">
+        <v>369</v>
+      </c>
+      <c r="C7" t="s">
+        <v>370</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>371</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>372</v>
+      </c>
+      <c r="H7" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>342</v>
+      </c>
+      <c r="B8" t="s">
+        <v>374</v>
+      </c>
+      <c r="C8" t="s">
+        <v>375</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>376</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>377</v>
+      </c>
+      <c r="H8" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>342</v>
+      </c>
+      <c r="B9" t="s">
+        <v>379</v>
+      </c>
+      <c r="C9" t="s">
+        <v>380</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>381</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>382</v>
+      </c>
+      <c r="H9" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>342</v>
+      </c>
+      <c r="B10" t="s">
+        <v>384</v>
+      </c>
+      <c r="C10" t="s">
+        <v>385</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>386</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>387</v>
+      </c>
+      <c r="H10" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>342</v>
+      </c>
+      <c r="B11" t="s">
+        <v>389</v>
+      </c>
+      <c r="C11" t="s">
+        <v>390</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>391</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>392</v>
+      </c>
+      <c r="H11" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>342</v>
+      </c>
+      <c r="B12" t="s">
+        <v>394</v>
+      </c>
+      <c r="C12" t="s">
+        <v>395</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>396</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>397</v>
+      </c>
+      <c r="H12" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>342</v>
+      </c>
+      <c r="B13" t="s">
+        <v>399</v>
+      </c>
+      <c r="C13" t="s">
+        <v>400</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>401</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>402</v>
+      </c>
+      <c r="H13" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>342</v>
+      </c>
+      <c r="B14" t="s">
+        <v>404</v>
+      </c>
+      <c r="C14" t="s">
+        <v>405</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>406</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>407</v>
+      </c>
+      <c r="H14" t="s">
+        <v>408</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D2" t="s">
+        <v>412</v>
+      </c>
+      <c r="E2" t="s">
+        <v>413</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>414</v>
+      </c>
+      <c r="H2" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C3" t="s">
+        <v>417</v>
+      </c>
+      <c r="D3" t="s">
+        <v>418</v>
+      </c>
+      <c r="E3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>420</v>
+      </c>
+      <c r="H3" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B4" t="s">
+        <v>422</v>
+      </c>
+      <c r="C4" t="s">
+        <v>423</v>
+      </c>
+      <c r="D4" t="s">
+        <v>424</v>
+      </c>
+      <c r="E4" t="s">
+        <v>425</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>426</v>
+      </c>
+      <c r="H4" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>409</v>
+      </c>
+      <c r="B5" t="s">
+        <v>428</v>
+      </c>
+      <c r="C5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D5" t="s">
+        <v>430</v>
+      </c>
+      <c r="E5" t="s">
+        <v>431</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>432</v>
+      </c>
+      <c r="H5" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B6" t="s">
+        <v>434</v>
+      </c>
+      <c r="C6" t="s">
+        <v>435</v>
+      </c>
+      <c r="D6" t="s">
+        <v>436</v>
+      </c>
+      <c r="E6" t="s">
+        <v>437</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>438</v>
+      </c>
+      <c r="H6" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>409</v>
+      </c>
+      <c r="B7" t="s">
+        <v>440</v>
+      </c>
+      <c r="C7" t="s">
+        <v>441</v>
+      </c>
+      <c r="D7" t="s">
+        <v>442</v>
+      </c>
+      <c r="E7" t="s">
+        <v>443</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>444</v>
+      </c>
+      <c r="H7" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>409</v>
+      </c>
+      <c r="B8" t="s">
+        <v>446</v>
+      </c>
+      <c r="C8" t="s">
+        <v>447</v>
+      </c>
+      <c r="D8" t="s">
+        <v>448</v>
+      </c>
+      <c r="E8" t="s">
+        <v>449</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>450</v>
+      </c>
+      <c r="H8" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>409</v>
+      </c>
+      <c r="B9" t="s">
+        <v>452</v>
+      </c>
+      <c r="C9" t="s">
+        <v>453</v>
+      </c>
+      <c r="D9" t="s">
+        <v>454</v>
+      </c>
+      <c r="E9" t="s">
+        <v>455</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>456</v>
+      </c>
+      <c r="H9" t="s">
+        <v>457</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>458</v>
+      </c>
+      <c r="B2" t="s">
+        <v>459</v>
+      </c>
+      <c r="C2" t="s">
+        <v>460</v>
+      </c>
+      <c r="D2" t="s">
+        <v>461</v>
+      </c>
+      <c r="E2" t="s">
+        <v>462</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>463</v>
+      </c>
+      <c r="H2" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C3" t="s">
+        <v>466</v>
+      </c>
+      <c r="D3" t="s">
+        <v>467</v>
+      </c>
+      <c r="E3" t="s">
+        <v>468</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>469</v>
+      </c>
+      <c r="H3" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B4" t="s">
+        <v>471</v>
+      </c>
+      <c r="C4" t="s">
+        <v>472</v>
+      </c>
+      <c r="D4" t="s">
+        <v>473</v>
+      </c>
+      <c r="E4" t="s">
+        <v>474</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>475</v>
+      </c>
+      <c r="H4" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B5" t="s">
+        <v>477</v>
+      </c>
+      <c r="C5" t="s">
+        <v>478</v>
+      </c>
+      <c r="D5" t="s">
+        <v>479</v>
+      </c>
+      <c r="E5" t="s">
+        <v>480</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>481</v>
+      </c>
+      <c r="H5" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C6" t="s">
+        <v>484</v>
+      </c>
+      <c r="D6" t="s">
+        <v>485</v>
+      </c>
+      <c r="E6" t="s">
+        <v>486</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>487</v>
+      </c>
+      <c r="H6" t="s">
+        <v>488</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H2" t="s">
+        <v>494</v>
+      </c>
+      <c r="I2" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>497</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>498</v>
+      </c>
+      <c r="H3" t="s">
+        <v>499</v>
+      </c>
+      <c r="I3" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B4" t="s">
+        <v>500</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>501</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>502</v>
+      </c>
+      <c r="H4" t="s">
+        <v>503</v>
+      </c>
+      <c r="I4" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B5" t="s">
+        <v>504</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>506</v>
+      </c>
+      <c r="H5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I5" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B6" t="s">
+        <v>508</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>509</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>510</v>
+      </c>
+      <c r="H6" t="s">
+        <v>511</v>
+      </c>
+      <c r="I6" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>490</v>
+      </c>
+      <c r="B7" t="s">
+        <v>512</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>513</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>514</v>
+      </c>
+      <c r="H7" t="s">
+        <v>515</v>
+      </c>
+      <c r="I7" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>490</v>
+      </c>
+      <c r="B8" t="s">
+        <v>516</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>517</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>518</v>
+      </c>
+      <c r="H8" t="s">
+        <v>519</v>
+      </c>
+      <c r="I8" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>490</v>
+      </c>
+      <c r="B9" t="s">
+        <v>520</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>521</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>522</v>
+      </c>
+      <c r="H9" t="s">
+        <v>523</v>
+      </c>
+      <c r="I9" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>490</v>
+      </c>
+      <c r="B10" t="s">
+        <v>524</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>525</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>526</v>
+      </c>
+      <c r="H10" t="s">
+        <v>527</v>
+      </c>
+      <c r="I10" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>490</v>
+      </c>
+      <c r="B11" t="s">
+        <v>528</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>529</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>530</v>
+      </c>
+      <c r="H11" t="s">
+        <v>531</v>
+      </c>
+      <c r="I11" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>490</v>
+      </c>
+      <c r="B12" t="s">
+        <v>532</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>533</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>534</v>
+      </c>
+      <c r="H12" t="s">
+        <v>535</v>
+      </c>
+      <c r="I12" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>490</v>
+      </c>
+      <c r="B13" t="s">
+        <v>536</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>537</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>538</v>
+      </c>
+      <c r="H13" t="s">
+        <v>539</v>
+      </c>
+      <c r="I13" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>490</v>
+      </c>
+      <c r="B14" t="s">
+        <v>540</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>541</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>542</v>
+      </c>
+      <c r="H14" t="s">
+        <v>543</v>
+      </c>
+      <c r="I14" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>490</v>
+      </c>
+      <c r="B15" t="s">
+        <v>544</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>545</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>546</v>
+      </c>
+      <c r="H15" t="s">
+        <v>547</v>
+      </c>
+      <c r="I15" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>490</v>
+      </c>
+      <c r="B16" t="s">
+        <v>548</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>549</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>550</v>
+      </c>
+      <c r="H16" t="s">
+        <v>551</v>
+      </c>
+      <c r="I16" t="s">
+        <v>495</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>552</v>
+      </c>
+      <c r="B2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D2" t="s">
+        <v>555</v>
+      </c>
+      <c r="E2" t="s">
+        <v>556</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>557</v>
+      </c>
+      <c r="H2" t="s">
+        <v>558</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>559</v>
+      </c>
+      <c r="B2" t="s">
+        <v>560</v>
+      </c>
+      <c r="C2" t="s">
+        <v>561</v>
+      </c>
+      <c r="D2" t="s">
+        <v>562</v>
+      </c>
+      <c r="E2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>564</v>
+      </c>
+      <c r="H2" t="s">
+        <v>565</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>566</v>
+      </c>
+      <c r="B3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C3" t="s">
+        <v>574</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H3" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B4" t="s">
+        <v>578</v>
+      </c>
+      <c r="C4" t="s">
+        <v>579</v>
+      </c>
+      <c r="D4" t="s">
+        <v>580</v>
+      </c>
+      <c r="E4" t="s">
+        <v>581</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>582</v>
+      </c>
+      <c r="H4" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B5" t="s">
+        <v>584</v>
+      </c>
+      <c r="C5" t="s">
+        <v>585</v>
+      </c>
+      <c r="D5" t="s">
+        <v>586</v>
+      </c>
+      <c r="E5" t="s">
+        <v>587</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>588</v>
+      </c>
+      <c r="H5" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>566</v>
+      </c>
+      <c r="B6" t="s">
+        <v>590</v>
+      </c>
+      <c r="C6" t="s">
+        <v>591</v>
+      </c>
+      <c r="D6" t="s">
+        <v>592</v>
+      </c>
+      <c r="E6" t="s">
+        <v>593</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>594</v>
+      </c>
+      <c r="H6" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>566</v>
+      </c>
+      <c r="B7" t="s">
+        <v>596</v>
+      </c>
+      <c r="C7" t="s">
+        <v>597</v>
+      </c>
+      <c r="D7" t="s">
+        <v>598</v>
+      </c>
+      <c r="E7" t="s">
+        <v>599</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>600</v>
+      </c>
+      <c r="H7" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>566</v>
+      </c>
+      <c r="B8" t="s">
+        <v>602</v>
+      </c>
+      <c r="C8" t="s">
+        <v>603</v>
+      </c>
+      <c r="D8" t="s">
+        <v>604</v>
+      </c>
+      <c r="E8" t="s">
+        <v>605</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>606</v>
+      </c>
+      <c r="H8" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>566</v>
+      </c>
+      <c r="B9" t="s">
+        <v>608</v>
+      </c>
+      <c r="C9" t="s">
+        <v>609</v>
+      </c>
+      <c r="D9" t="s">
+        <v>610</v>
+      </c>
+      <c r="E9" t="s">
+        <v>611</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>612</v>
+      </c>
+      <c r="H9" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>566</v>
+      </c>
+      <c r="B10" t="s">
+        <v>614</v>
+      </c>
+      <c r="C10" t="s">
+        <v>615</v>
+      </c>
+      <c r="D10" t="s">
+        <v>616</v>
+      </c>
+      <c r="E10" t="s">
+        <v>617</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>618</v>
+      </c>
+      <c r="H10" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>566</v>
+      </c>
+      <c r="B11" t="s">
+        <v>620</v>
+      </c>
+      <c r="C11" t="s">
+        <v>621</v>
+      </c>
+      <c r="D11" t="s">
+        <v>622</v>
+      </c>
+      <c r="E11" t="s">
+        <v>623</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>624</v>
+      </c>
+      <c r="H11" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>566</v>
+      </c>
+      <c r="B12" t="s">
+        <v>626</v>
+      </c>
+      <c r="C12" t="s">
+        <v>627</v>
+      </c>
+      <c r="D12" t="s">
+        <v>628</v>
+      </c>
+      <c r="E12" t="s">
+        <v>629</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>630</v>
+      </c>
+      <c r="H12" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>566</v>
+      </c>
+      <c r="B13" t="s">
+        <v>632</v>
+      </c>
+      <c r="C13" t="s">
+        <v>633</v>
+      </c>
+      <c r="D13" t="s">
+        <v>634</v>
+      </c>
+      <c r="E13" t="s">
+        <v>635</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>636</v>
+      </c>
+      <c r="H13" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>566</v>
+      </c>
+      <c r="B14" t="s">
+        <v>638</v>
+      </c>
+      <c r="C14" t="s">
+        <v>639</v>
+      </c>
+      <c r="D14" t="s">
+        <v>640</v>
+      </c>
+      <c r="E14" t="s">
+        <v>641</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>642</v>
+      </c>
+      <c r="H14" t="s">
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>