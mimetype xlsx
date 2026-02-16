--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,6980 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>23/06/2025 09:25:08</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609430/fr/dispositifs-de-perfusion-a-domicile-et-prestations-associees-revision-de-categories-homogenes-de-dispositifs-medicaux</t>
-[...1265 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
-[...2 lines deleted...]
-    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>01/11/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
-  </si>
-[...850 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J60"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...22 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...22 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>46</v>
       </c>
-      <c r="C7" t="s">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
         <v>51</v>
       </c>
-      <c r="C8" t="s">
-[...2 lines deleted...]
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>52</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>53</v>
-      </c>
-[...4278 lines deleted...]
-        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>