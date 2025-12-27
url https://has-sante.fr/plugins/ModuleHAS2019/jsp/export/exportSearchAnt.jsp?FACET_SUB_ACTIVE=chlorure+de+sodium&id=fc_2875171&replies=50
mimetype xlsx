--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -42,51 +42,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1343" uniqueCount="761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1359" uniqueCount="773">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1073,50 +1073,65 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Hypoparathyroïdie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
   </si>
   <si>
     <t>Acidémie Isovalérique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
@@ -1466,50 +1481,53 @@
   <si>
     <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
   </si>
   <si>
     <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
   </si>
   <si>
     <t>22/10/2020 00:00:00</t>
   </si>
   <si>
     <t>03/11/2020 09:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
     <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
   </si>
   <si>
     <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
   </si>
   <si>
+    <t>05/12/2018 00:00:00</t>
+  </si>
+  <si>
     <t>13/12/2018 12:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
   </si>
   <si>
     <t>c_2891259</t>
   </si>
   <si>
     <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
   </si>
   <si>
     <t>01/09/2010 00:00:00</t>
   </si>
   <si>
     <t>08/02/2012 10:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
@@ -1725,50 +1743,68 @@
     <t>p_3489238</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
   </si>
   <si>
     <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
   </si>
   <si>
     <t>25/04/2024 00:00:00</t>
   </si>
   <si>
     <t>14/05/2024 18:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>p_3517331</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
   </si>
   <si>
     <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
@@ -4343,757 +4379,757 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>632</v>
+        <v>644</v>
       </c>
       <c r="B2" t="s">
-        <v>633</v>
+        <v>645</v>
       </c>
       <c r="C2" t="s">
-        <v>634</v>
+        <v>646</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
       <c r="H2" t="s">
-        <v>637</v>
+        <v>649</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>632</v>
+        <v>644</v>
       </c>
       <c r="B3" t="s">
-        <v>638</v>
+        <v>650</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="H3" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B2" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>647</v>
+        <v>659</v>
       </c>
       <c r="H2" t="s">
-        <v>648</v>
+        <v>660</v>
       </c>
       <c r="I2" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="J2" t="s">
-        <v>650</v>
+        <v>662</v>
       </c>
       <c r="K2" t="s">
-        <v>651</v>
+        <v>663</v>
       </c>
       <c r="L2" t="s">
-        <v>652</v>
+        <v>664</v>
       </c>
       <c r="M2" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="N2" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="O2" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="P2" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="Q2" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="R2" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="S2" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="T2" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B3" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="H3" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="I3" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="J3" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="K3" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B4" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>669</v>
+        <v>681</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>670</v>
+        <v>682</v>
       </c>
       <c r="H4" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="I4" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="J4" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="K4" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="L4" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B5" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="H5" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="I5" t="s">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="J5" t="s">
         <v>56</v>
       </c>
       <c r="K5" t="s">
-        <v>679</v>
+        <v>691</v>
       </c>
       <c r="L5" t="s">
-        <v>680</v>
+        <v>692</v>
       </c>
       <c r="M5" t="s">
-        <v>681</v>
+        <v>693</v>
       </c>
       <c r="N5" t="s">
-        <v>682</v>
+        <v>694</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B6" t="s">
-        <v>683</v>
+        <v>695</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>684</v>
+        <v>696</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="H6" t="s">
-        <v>686</v>
+        <v>698</v>
       </c>
       <c r="I6" t="s">
-        <v>687</v>
+        <v>699</v>
       </c>
       <c r="J6" t="s">
-        <v>688</v>
+        <v>700</v>
       </c>
       <c r="K6" t="s">
-        <v>689</v>
+        <v>701</v>
       </c>
       <c r="L6" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="M6" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B7" t="s">
-        <v>692</v>
+        <v>704</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>693</v>
+        <v>705</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>694</v>
+        <v>706</v>
       </c>
       <c r="H7" t="s">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="I7" t="s">
-        <v>696</v>
+        <v>708</v>
       </c>
       <c r="J7" t="s">
-        <v>697</v>
+        <v>709</v>
       </c>
       <c r="K7" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="L7" t="s">
-        <v>699</v>
+        <v>711</v>
       </c>
       <c r="M7" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B8" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="H8" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="I8" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
       <c r="J8" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="K8" t="s">
-        <v>707</v>
+        <v>719</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B9" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="H9" t="s">
-        <v>711</v>
+        <v>723</v>
       </c>
       <c r="I9" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="J9" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="K9" t="s">
-        <v>713</v>
+        <v>725</v>
       </c>
       <c r="L9" t="s">
-        <v>714</v>
+        <v>726</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B10" t="s">
-        <v>715</v>
+        <v>727</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>716</v>
+        <v>728</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>717</v>
+        <v>729</v>
       </c>
       <c r="H10" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="I10" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="J10" t="s">
-        <v>720</v>
+        <v>732</v>
       </c>
       <c r="K10" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B11" t="s">
-        <v>722</v>
+        <v>734</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
       <c r="H11" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
       <c r="I11" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="J11" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="K11" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B12" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>312</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
       <c r="H12" t="s">
-        <v>731</v>
+        <v>743</v>
       </c>
       <c r="I12" t="s">
-        <v>732</v>
+        <v>744</v>
       </c>
       <c r="J12" t="s">
-        <v>733</v>
+        <v>745</v>
       </c>
       <c r="K12" t="s">
-        <v>734</v>
+        <v>746</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B13" t="s">
-        <v>735</v>
+        <v>747</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>736</v>
+        <v>748</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>737</v>
+        <v>749</v>
       </c>
       <c r="H13" t="s">
-        <v>738</v>
+        <v>750</v>
       </c>
       <c r="I13" t="s">
-        <v>739</v>
+        <v>751</v>
       </c>
       <c r="J13" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="K13" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B14" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="H14" t="s">
+        <v>757</v>
+      </c>
+      <c r="I14" t="s">
+        <v>758</v>
+      </c>
+      <c r="J14" t="s">
         <v>745</v>
       </c>
-      <c r="I14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="B15" t="s">
-        <v>748</v>
+        <v>760</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>749</v>
+        <v>761</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>750</v>
+        <v>762</v>
       </c>
       <c r="H15" t="s">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="I15" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="J15" t="s">
-        <v>753</v>
+        <v>765</v>
       </c>
       <c r="K15" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="B2" t="s">
-        <v>756</v>
+        <v>768</v>
       </c>
       <c r="C2" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>758</v>
+        <v>770</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="H2" t="s">
-        <v>760</v>
+        <v>772</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5126,51 +5162,51 @@
       </c>
       <c r="D2" t="s">
         <v>338</v>
       </c>
       <c r="E2" t="s">
         <v>339</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>340</v>
       </c>
       <c r="H2" t="s">
         <v>341</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5221,77 +5257,77 @@
       </c>
       <c r="E3" t="s">
         <v>350</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>351</v>
       </c>
       <c r="H3" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>342</v>
       </c>
       <c r="B4" t="s">
         <v>353</v>
       </c>
       <c r="C4" t="s">
         <v>354</v>
       </c>
       <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>355</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>356</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>342</v>
       </c>
       <c r="B5" t="s">
+        <v>358</v>
+      </c>
+      <c r="C5" t="s">
         <v>359</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>361</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
         <v>362</v>
       </c>
       <c r="H5" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>342</v>
       </c>
       <c r="B6" t="s">
         <v>364</v>
       </c>
       <c r="C6" t="s">
         <v>365</v>
       </c>
       <c r="D6" t="s">
@@ -5468,1425 +5504,1477 @@
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>342</v>
       </c>
       <c r="B13" t="s">
         <v>399</v>
       </c>
       <c r="C13" t="s">
         <v>400</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
         <v>401</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
         <v>402</v>
       </c>
       <c r="H13" t="s">
         <v>403</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>342</v>
+      </c>
+      <c r="B14" t="s">
+        <v>404</v>
+      </c>
+      <c r="C14" t="s">
+        <v>405</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>406</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>407</v>
+      </c>
+      <c r="H14" t="s">
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B2" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="D2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="E2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H2" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C3" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="D3" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="E3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="H3" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B4" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="C4" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="D4" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="E4" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="H4" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C5" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="D5" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="E5" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="H5" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B6" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C6" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D6" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="E6" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="H6" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B7" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C7" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="D7" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="E7" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="H7" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B8" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="C8" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D8" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="E8" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="H8" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C9" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="D9" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="E9" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="H9" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B2" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D2" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E2" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B3" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D3" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="E3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="H3" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B4" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="C4" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D4" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="E4" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="H4" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C5" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>479</v>
       </c>
       <c r="E5" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="H5" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="B6" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="C6" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="D6" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="E6" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="H6" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B2" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="H2" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="I2" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B3" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="H3" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="I3" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B4" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
+        <v>501</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>502</v>
+      </c>
+      <c r="H4" t="s">
+        <v>503</v>
+      </c>
+      <c r="I4" t="s">
         <v>495</v>
-      </c>
-[...10 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B5" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="H5" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="I5" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B6" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="H6" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="I6" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B7" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="H7" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="I7" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B8" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="H8" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="I8" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B9" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="H9" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="I9" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B10" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="H10" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="I10" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B11" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="H11" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="I11" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B12" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="H12" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="I12" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B13" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="H13" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="I13" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B14" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="H14" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="I14" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B15" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="H15" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="I15" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="B16" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="H16" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="I16" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B2" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C2" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="D2" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E2" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="H2" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B2" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C2" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="D2" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="E2" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="H2" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B2" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="C2" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>569</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="D3" t="s">
-        <v>568</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="H3" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B4" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C4" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="D4" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="E4" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="H4" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B5" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C5" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="D5" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="E5" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H5" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B6" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C6" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="D6" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="E6" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="H6" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B7" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="C7" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="D7" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="E7" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="H7" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B8" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C8" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="D8" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="E8" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="H8" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B9" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="C9" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="D9" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="E9" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="H9" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B10" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="C10" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="D10" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="E10" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="H10" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B11" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C11" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="D11" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="E11" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H11" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B12" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C12" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D12" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="E12" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="H12" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B13" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C13" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="D13" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="E13" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="H13" t="s">
-        <v>631</v>
+        <v>637</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>566</v>
+      </c>
+      <c r="B14" t="s">
+        <v>638</v>
+      </c>
+      <c r="C14" t="s">
+        <v>639</v>
+      </c>
+      <c r="D14" t="s">
+        <v>640</v>
+      </c>
+      <c r="E14" t="s">
+        <v>641</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>642</v>
+      </c>
+      <c r="H14" t="s">
+        <v>643</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>