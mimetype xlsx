--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,237 +1,655 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+      <c r="I3" t="s">
+        <v>46</v>
+      </c>
+      <c r="J3" t="s">
+        <v>47</v>
+      </c>
+      <c r="K3" t="s">
+        <v>48</v>
+      </c>
+      <c r="L3" t="s">
+        <v>49</v>
+      </c>
+      <c r="M3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+      <c r="I4" t="s">
+        <v>55</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L4" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>