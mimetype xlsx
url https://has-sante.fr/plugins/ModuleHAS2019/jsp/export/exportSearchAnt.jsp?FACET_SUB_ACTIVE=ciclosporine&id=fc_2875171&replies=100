--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,7445 +1,986 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1464" uniqueCount="824">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SPOT</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/02/2021 00:00:00</t>
-[...380 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Lupus Systémique de l'adulte et de l'enfant</t>
-[...695 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Prise en charge de l'urticaire chronique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Les anticoagulants oraux</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...53 lines deleted...]
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...938 lines deleted...]
-    <t>p_3633538</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>IKERVIS (ciclosporine)</t>
+  </si>
+  <si>
+    <t>10/04/2022 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983027/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>pprd_2983027</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
-    <t>SUN PHARMA FRANCE</t>
-[...37 lines deleted...]
-  <si>
     <t>SANTEN SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2563018/fr/ikervis-ciclosporine-medicament-ophtalmologique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372790/fr/ikervis-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_2563018/en/ikervis-ciclosporin-ophthalmic-medicinal-product</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806289/en/ikervis-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884358/en/ikervis-ciclosporine-medicament-ophtalmologique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372790/en/ikervis-ciclosporine</t>
   </si>
   <si>
     <t>VERKAZIA (ciclosporine)</t>
   </si>
   <si>
-    <t>21/02/2020 17:39:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3153016/fr/verkazia-ciclosporine</t>
+    <t>02/21/2020 17:39:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153016/en/verkazia-ciclosporine</t>
   </si>
   <si>
     <t>p_3153016</t>
   </si>
   <si>
     <t>SANTEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3152643/fr/verkazia-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/p_3152643/en/verkazia-ciclosporine</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/en/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/en/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/en/neoral-sandimmun</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J14"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...397 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>86</v>
+        <v>17</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="H2" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H48"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
-        <v>97</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>98</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
-        <v>103</v>
+        <v>43</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="E3" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="H3" t="s">
-        <v>106</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>107</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="E4" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>110</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>111</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B5" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
-        <v>113</v>
+        <v>55</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>114</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>115</v>
+        <v>57</v>
       </c>
       <c r="H5" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>117</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>118</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>119</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>120</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="E7" t="s">
-        <v>124</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>126</v>
-[...1065 lines deleted...]
-        <v>329</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:O4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>71</v>
+      </c>
+      <c r="J1" t="s">
+        <v>72</v>
+      </c>
+      <c r="K1" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>330</v>
+        <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>331</v>
+        <v>75</v>
       </c>
       <c r="C2" t="s">
-        <v>332</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>333</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>334</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>335</v>
+        <v>77</v>
       </c>
       <c r="H2" t="s">
-        <v>336</v>
+        <v>78</v>
+      </c>
+      <c r="I2" t="s">
+        <v>79</v>
+      </c>
+      <c r="J2" t="s">
+        <v>80</v>
+      </c>
+      <c r="K2" t="s">
+        <v>81</v>
+      </c>
+      <c r="L2" t="s">
+        <v>82</v>
+      </c>
+      <c r="M2" t="s">
+        <v>83</v>
+      </c>
+      <c r="N2" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>330</v>
+        <v>74</v>
       </c>
       <c r="B3" t="s">
-        <v>337</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
-        <v>338</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>339</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>340</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>341</v>
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J3" t="s">
+        <v>89</v>
+      </c>
+      <c r="K3" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>330</v>
+        <v>74</v>
       </c>
       <c r="B4" t="s">
-        <v>342</v>
+        <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>343</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>344</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>345</v>
+        <v>92</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>346</v>
+        <v>93</v>
       </c>
       <c r="H4" t="s">
-        <v>347</v>
-[...712 lines deleted...]
-        <v>483</v>
+        <v>94</v>
       </c>
       <c r="I4" t="s">
-        <v>475</v>
-[...2073 lines deleted...]
-        <v>783</v>
+        <v>79</v>
       </c>
       <c r="J4" t="s">
-        <v>797</v>
+        <v>95</v>
       </c>
       <c r="K4" t="s">
-        <v>798</v>
+        <v>96</v>
       </c>
       <c r="L4" t="s">
-        <v>799</v>
+        <v>97</v>
       </c>
       <c r="M4" t="s">
-        <v>800</v>
+        <v>98</v>
       </c>
       <c r="N4" t="s">
-        <v>801</v>
-[...116 lines deleted...]
-        <v>823</v>
+        <v>99</v>
+      </c>
+      <c r="O4" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>