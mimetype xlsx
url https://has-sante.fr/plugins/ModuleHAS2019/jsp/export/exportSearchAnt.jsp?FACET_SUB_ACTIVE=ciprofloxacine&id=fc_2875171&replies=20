--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -1,451 +1,1510 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="460">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1723138</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_665169</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+  </si>
+  <si>
+    <t>c_451135</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+  </si>
+  <si>
+    <t>c_272206</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of pulp wound protection by direct pulp capping -INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Évaluation du parage de plaie de la pulpe par coiffage pulpaire direct - rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation du taux de succès et des facteurs pronostiques de la technique de coiffage pulpaire direct dans l’objectif de conservation de la vitalité pulpaire secondaire à une effraction pulpaire suite au curetage d’une carie, à un traumatisme dentaire touchant la pulpe ou accidentellement au cours d’un soin dentaire. Le but est d’éviter le traitement endodontique complet. D’autres techniques de conservation de la vitalité pulpaire existent comme la pulpotomie partielle, la pulpotomie cervicale ou encore le coiffage pulpaire indirect (en cas de proximité pulpaire sans exposition)</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893724</t>
   </si>
   <si>
-    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’agomélatine (Valdoxan®) dans le traitement de la dépression ?</t>
+  </si>
+  <si>
+    <t>Valdoxan® (agomélatine) est un antidépresseur appar tenant à une nouvelle classe pharmacologique : il est à la fois agoniste des récepteurs de la mélatonine et antagoniste des récepteurs 5HT2C de la sérotonine. Valdoxan® est indiqué dans le traitement des épisodes dépressifs majeurs (c’est-à-dire caractérisés) chez l’adulte. Comme tout antidépresseur, si la dépression est d’intensité légère, il n’est à utiliser qu’en deuxième intention, après échec d’une psychothérapie.</t>
+  </si>
+  <si>
+    <t>05/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439921/fr/quelle-place-pour-l-agomelatine-valdoxan-dans-le-traitement-de-la-depression</t>
+  </si>
+  <si>
+    <t>r_1439921</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 06/07/2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277421/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-06/07/2021</t>
+  </si>
+  <si>
+    <t>p_3277421</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2020</t>
+  </si>
+  <si>
+    <t>13/02/2020 13:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151875/fr/commission-de-la-transparence-reunion-du-19-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3151875</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CIFLOX - UNIFLOX (ciprofloxacine)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984254/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2984254</t>
+  </si>
+  <si>
+    <t>ciprofloxacine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398866/fr/ciflox-500-mg/5ml-granule-et-solution-pour-suspension-buvable-15-9g-de-granules-en-flacon-et-100-ml-de-solution-avec-cuillere-mesure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399727/fr/ciflox-250-mg-comprime-pellicule-boite-de-12-comprimes-ciflox-500-mg-comprime-pellicule-boite-de-12-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459827/fr/ciflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062719/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588553/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400885/fr/uniflox-comprime-pellicule-secable-b/1-cip-336-523-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160951/fr/ciflox-uniflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263069/fr/ciflox-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>CIPROFLOXACINE (ciprofloxacine (sulfate de)/ ciprofloxacine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/12/2018 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982976/fr/ciprofloxacine-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982976</t>
+  </si>
+  <si>
+    <t>ciprofloxacine (sulfate de),ciprofloxacine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE / MACOPHARMA / MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563036/fr/ciprofloxacine-kabi-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608661/fr/ciprofloxacine-kabi-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889883/fr/ciprofloxacine-macopharma-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>CETRAXAL (ciprofloxacine)</t>
+  </si>
+  <si>
+    <t>26/03/2012 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985048/fr/cetraxal-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>pprd_2985048</t>
+  </si>
+  <si>
+    <t>Laboratoire LEURQUIN MEDIOLANUM S.A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221582/fr/cetraxal-ciprofloxacine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -459,563 +1518,2710 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H49"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>24</v>
       </c>
-      <c r="C12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>72</v>
       </c>
-      <c r="D16" t="s">
+      <c r="H16" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="E18" t="s">
-        <v>86</v>
+        <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="C20" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>86</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="H21" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>90</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>94</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" t="s">
         <v>95</v>
       </c>
-      <c r="B22" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>99</v>
+      </c>
+      <c r="H24" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>102</v>
+      </c>
+      <c r="H25" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" t="s">
+        <v>105</v>
+      </c>
+      <c r="D26" t="s">
+        <v>106</v>
+      </c>
+      <c r="E26" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>108</v>
       </c>
-      <c r="C22" t="s">
+      <c r="H26" t="s">
         <v>109</v>
       </c>
-      <c r="D22" t="s">
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
         <v>110</v>
       </c>
-      <c r="E22" t="s">
+      <c r="C27" t="s">
         <v>111</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="D27" t="s">
+        <v>106</v>
+      </c>
+      <c r="E27" t="s">
         <v>112</v>
       </c>
-      <c r="H22" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>113</v>
+      </c>
+      <c r="H27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>117</v>
+      </c>
+      <c r="E28" t="s">
+        <v>118</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>121</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" t="s">
+        <v>129</v>
+      </c>
+      <c r="E30" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>131</v>
+      </c>
+      <c r="H30" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>134</v>
+      </c>
+      <c r="E31" t="s">
+        <v>91</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>135</v>
+      </c>
+      <c r="H31" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>139</v>
+      </c>
+      <c r="E32" t="s">
+        <v>140</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>143</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>24</v>
+      </c>
+      <c r="E33" t="s">
+        <v>62</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>144</v>
+      </c>
+      <c r="H33" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>24</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>147</v>
+      </c>
+      <c r="H34" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" t="s">
+        <v>151</v>
+      </c>
+      <c r="E35" t="s">
+        <v>152</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>155</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>157</v>
+      </c>
+      <c r="E36" t="s">
+        <v>158</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>161</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>163</v>
+      </c>
+      <c r="E37" t="s">
+        <v>164</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>165</v>
+      </c>
+      <c r="H37" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" t="s">
+        <v>169</v>
+      </c>
+      <c r="E38" t="s">
+        <v>170</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>171</v>
+      </c>
+      <c r="H38" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" t="s">
+        <v>174</v>
+      </c>
+      <c r="D39" t="s">
+        <v>175</v>
+      </c>
+      <c r="E39" t="s">
+        <v>176</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>177</v>
+      </c>
+      <c r="H39" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>179</v>
+      </c>
+      <c r="C40" t="s">
+        <v>180</v>
+      </c>
+      <c r="D40" t="s">
+        <v>181</v>
+      </c>
+      <c r="E40" t="s">
+        <v>182</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>183</v>
+      </c>
+      <c r="H40" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>185</v>
+      </c>
+      <c r="C41" t="s">
+        <v>186</v>
+      </c>
+      <c r="D41" t="s">
+        <v>187</v>
+      </c>
+      <c r="E41" t="s">
+        <v>188</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>189</v>
+      </c>
+      <c r="H41" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>191</v>
+      </c>
+      <c r="C42" t="s">
+        <v>192</v>
+      </c>
+      <c r="D42" t="s">
+        <v>193</v>
+      </c>
+      <c r="E42" t="s">
+        <v>194</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>195</v>
+      </c>
+      <c r="H42" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43" t="s">
+        <v>197</v>
+      </c>
+      <c r="C43" t="s">
+        <v>198</v>
+      </c>
+      <c r="D43" t="s">
+        <v>193</v>
+      </c>
+      <c r="E43" t="s">
+        <v>199</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>200</v>
+      </c>
+      <c r="H43" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44" t="s">
+        <v>202</v>
+      </c>
+      <c r="C44" t="s">
+        <v>203</v>
+      </c>
+      <c r="D44" t="s">
+        <v>204</v>
+      </c>
+      <c r="E44" t="s">
+        <v>205</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>206</v>
+      </c>
+      <c r="H44" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" t="s">
+        <v>208</v>
+      </c>
+      <c r="C45" t="s">
+        <v>209</v>
+      </c>
+      <c r="D45" t="s">
+        <v>210</v>
+      </c>
+      <c r="E45" t="s">
+        <v>211</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>212</v>
+      </c>
+      <c r="H45" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" t="s">
+        <v>214</v>
+      </c>
+      <c r="C46" t="s">
+        <v>215</v>
+      </c>
+      <c r="D46" t="s">
+        <v>216</v>
+      </c>
+      <c r="E46" t="s">
+        <v>217</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>218</v>
+      </c>
+      <c r="H46" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47" t="s">
+        <v>220</v>
+      </c>
+      <c r="C47" t="s">
+        <v>221</v>
+      </c>
+      <c r="D47" t="s">
+        <v>222</v>
+      </c>
+      <c r="E47" t="s">
+        <v>223</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>224</v>
+      </c>
+      <c r="H47" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48" t="s">
+        <v>226</v>
+      </c>
+      <c r="C48" t="s">
+        <v>227</v>
+      </c>
+      <c r="D48" t="s">
+        <v>228</v>
+      </c>
+      <c r="E48" t="s">
+        <v>229</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>230</v>
+      </c>
+      <c r="H48" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>16</v>
+      </c>
+      <c r="B49" t="s">
+        <v>232</v>
+      </c>
+      <c r="C49" t="s">
+        <v>233</v>
+      </c>
+      <c r="D49" t="s">
+        <v>234</v>
+      </c>
+      <c r="E49" t="s">
+        <v>235</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>236</v>
+      </c>
+      <c r="H49" t="s">
+        <v>237</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>242</v>
+      </c>
+      <c r="H2" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C3" t="s">
+        <v>245</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H3" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C4" t="s">
+        <v>250</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>251</v>
+      </c>
+      <c r="H4" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>238</v>
+      </c>
+      <c r="B5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C5" t="s">
+        <v>254</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>255</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>256</v>
+      </c>
+      <c r="H5" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>238</v>
+      </c>
+      <c r="B6" t="s">
+        <v>258</v>
+      </c>
+      <c r="C6" t="s">
+        <v>259</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>260</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>261</v>
+      </c>
+      <c r="H6" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>238</v>
+      </c>
+      <c r="B7" t="s">
+        <v>263</v>
+      </c>
+      <c r="C7" t="s">
+        <v>264</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>266</v>
+      </c>
+      <c r="H7" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>238</v>
+      </c>
+      <c r="B8" t="s">
+        <v>268</v>
+      </c>
+      <c r="C8" t="s">
+        <v>269</v>
+      </c>
+      <c r="D8" t="s">
+        <v>270</v>
+      </c>
+      <c r="E8" t="s">
+        <v>271</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>272</v>
+      </c>
+      <c r="H8" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>238</v>
+      </c>
+      <c r="B9" t="s">
+        <v>274</v>
+      </c>
+      <c r="C9" t="s">
+        <v>275</v>
+      </c>
+      <c r="D9" t="s">
+        <v>276</v>
+      </c>
+      <c r="E9" t="s">
+        <v>277</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>278</v>
+      </c>
+      <c r="H9" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>238</v>
+      </c>
+      <c r="B10" t="s">
+        <v>280</v>
+      </c>
+      <c r="C10" t="s">
+        <v>281</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>282</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>283</v>
+      </c>
+      <c r="H10" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>238</v>
+      </c>
+      <c r="B11" t="s">
+        <v>285</v>
+      </c>
+      <c r="C11" t="s">
+        <v>286</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>287</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>288</v>
+      </c>
+      <c r="H11" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>238</v>
+      </c>
+      <c r="B12" t="s">
+        <v>290</v>
+      </c>
+      <c r="C12" t="s">
+        <v>291</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>292</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>293</v>
+      </c>
+      <c r="H12" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>238</v>
+      </c>
+      <c r="B13" t="s">
+        <v>295</v>
+      </c>
+      <c r="C13" t="s">
+        <v>296</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>297</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>298</v>
+      </c>
+      <c r="H13" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>238</v>
+      </c>
+      <c r="B14" t="s">
+        <v>300</v>
+      </c>
+      <c r="C14" t="s">
+        <v>301</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>302</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>303</v>
+      </c>
+      <c r="H14" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>238</v>
+      </c>
+      <c r="B15" t="s">
+        <v>305</v>
+      </c>
+      <c r="C15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>307</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>308</v>
+      </c>
+      <c r="H15" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>238</v>
+      </c>
+      <c r="B16" t="s">
+        <v>310</v>
+      </c>
+      <c r="C16" t="s">
+        <v>311</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>312</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>313</v>
+      </c>
+      <c r="H16" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>238</v>
+      </c>
+      <c r="B17" t="s">
+        <v>315</v>
+      </c>
+      <c r="C17" t="s">
+        <v>316</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>317</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>318</v>
+      </c>
+      <c r="H17" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>238</v>
+      </c>
+      <c r="B18" t="s">
+        <v>320</v>
+      </c>
+      <c r="C18" t="s">
+        <v>321</v>
+      </c>
+      <c r="D18" t="s">
+        <v>322</v>
+      </c>
+      <c r="E18" t="s">
+        <v>323</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>324</v>
+      </c>
+      <c r="H18" t="s">
+        <v>325</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>326</v>
+      </c>
+      <c r="B2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>330</v>
+      </c>
+      <c r="H2" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C2" t="s">
+        <v>339</v>
+      </c>
+      <c r="D2" t="s">
+        <v>340</v>
+      </c>
+      <c r="E2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>342</v>
+      </c>
+      <c r="H2" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C3" t="s">
+        <v>345</v>
+      </c>
+      <c r="D3" t="s">
+        <v>346</v>
+      </c>
+      <c r="E3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>348</v>
+      </c>
+      <c r="H3" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>337</v>
+      </c>
+      <c r="B4" t="s">
+        <v>350</v>
+      </c>
+      <c r="C4" t="s">
+        <v>351</v>
+      </c>
+      <c r="D4" t="s">
+        <v>352</v>
+      </c>
+      <c r="E4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>354</v>
+      </c>
+      <c r="H4" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E5" t="s">
+        <v>359</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>360</v>
+      </c>
+      <c r="H5" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C6" t="s">
+        <v>363</v>
+      </c>
+      <c r="D6" t="s">
+        <v>364</v>
+      </c>
+      <c r="E6" t="s">
+        <v>365</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>366</v>
+      </c>
+      <c r="H6" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>337</v>
+      </c>
+      <c r="B7" t="s">
+        <v>368</v>
+      </c>
+      <c r="C7" t="s">
+        <v>369</v>
+      </c>
+      <c r="D7" t="s">
+        <v>370</v>
+      </c>
+      <c r="E7" t="s">
+        <v>371</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>372</v>
+      </c>
+      <c r="H7" t="s">
+        <v>373</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>375</v>
+      </c>
+      <c r="B2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>378</v>
+      </c>
+      <c r="H2" t="s">
+        <v>379</v>
+      </c>
+      <c r="I2" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H3" t="s">
+        <v>384</v>
+      </c>
+      <c r="I3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B4" t="s">
+        <v>385</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>386</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>387</v>
+      </c>
+      <c r="H4" t="s">
+        <v>388</v>
+      </c>
+      <c r="I4" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>375</v>
+      </c>
+      <c r="B5" t="s">
+        <v>389</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>390</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>391</v>
+      </c>
+      <c r="H5" t="s">
+        <v>392</v>
+      </c>
+      <c r="I5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>375</v>
+      </c>
+      <c r="B6" t="s">
+        <v>393</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>394</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>395</v>
+      </c>
+      <c r="H6" t="s">
+        <v>396</v>
+      </c>
+      <c r="I6" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>375</v>
+      </c>
+      <c r="B7" t="s">
+        <v>397</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>398</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>399</v>
+      </c>
+      <c r="H7" t="s">
+        <v>400</v>
+      </c>
+      <c r="I7" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>375</v>
+      </c>
+      <c r="B8" t="s">
+        <v>401</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>402</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>403</v>
+      </c>
+      <c r="H8" t="s">
+        <v>404</v>
+      </c>
+      <c r="I8" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>375</v>
+      </c>
+      <c r="B9" t="s">
+        <v>405</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>406</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>407</v>
+      </c>
+      <c r="H9" t="s">
+        <v>408</v>
+      </c>
+      <c r="I9" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>375</v>
+      </c>
+      <c r="B10" t="s">
+        <v>409</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>410</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>411</v>
+      </c>
+      <c r="H10" t="s">
+        <v>412</v>
+      </c>
+      <c r="I10" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>375</v>
+      </c>
+      <c r="B11" t="s">
+        <v>413</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>414</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>415</v>
+      </c>
+      <c r="H11" t="s">
+        <v>416</v>
+      </c>
+      <c r="I11" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>375</v>
+      </c>
+      <c r="B12" t="s">
+        <v>417</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>418</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>419</v>
+      </c>
+      <c r="H12" t="s">
+        <v>420</v>
+      </c>
+      <c r="I12" t="s">
+        <v>380</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>421</v>
+      </c>
+      <c r="J1" t="s">
+        <v>422</v>
+      </c>
+      <c r="K1" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>426</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>427</v>
+      </c>
+      <c r="H2" t="s">
+        <v>428</v>
+      </c>
+      <c r="I2" t="s">
+        <v>429</v>
+      </c>
+      <c r="J2" t="s">
+        <v>430</v>
+      </c>
+      <c r="K2" t="s">
+        <v>431</v>
+      </c>
+      <c r="L2" t="s">
+        <v>432</v>
+      </c>
+      <c r="M2" t="s">
+        <v>433</v>
+      </c>
+      <c r="N2" t="s">
+        <v>434</v>
+      </c>
+      <c r="O2" t="s">
+        <v>435</v>
+      </c>
+      <c r="P2" t="s">
+        <v>436</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>437</v>
+      </c>
+      <c r="R2" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>424</v>
+      </c>
+      <c r="B3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>440</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>441</v>
+      </c>
+      <c r="H3" t="s">
+        <v>442</v>
+      </c>
+      <c r="I3" t="s">
+        <v>443</v>
+      </c>
+      <c r="J3" t="s">
+        <v>444</v>
+      </c>
+      <c r="K3" t="s">
+        <v>445</v>
+      </c>
+      <c r="L3" t="s">
+        <v>446</v>
+      </c>
+      <c r="M3" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>424</v>
+      </c>
+      <c r="B4" t="s">
+        <v>448</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>449</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>450</v>
+      </c>
+      <c r="H4" t="s">
+        <v>451</v>
+      </c>
+      <c r="I4" t="s">
+        <v>429</v>
+      </c>
+      <c r="J4" t="s">
+        <v>452</v>
+      </c>
+      <c r="K4" t="s">
+        <v>453</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B2" t="s">
+        <v>455</v>
+      </c>
+      <c r="C2" t="s">
+        <v>456</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>457</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>458</v>
+      </c>
+      <c r="H2" t="s">
+        <v>459</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>