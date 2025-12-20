--- v1 (2025-11-03)
+++ v2 (2025-12-20)
@@ -8,62 +8,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="809" uniqueCount="460">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
@@ -80,50 +80,317 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
   </si>
   <si>
     <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
   </si>
   <si>
     <t>16/12/2010 00:00:00</t>
   </si>
   <si>
     <t>11/03/2011 11:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
   </si>
   <si>
     <t>c_1031777</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
@@ -452,53 +719,50 @@
   <si>
     <t>p_3586490</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
   </si>
   <si>
     <t>11/07/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
   </si>
   <si>
     <t>p_3528903</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
   <si>
     <t>p_3562501</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3278809</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3282443</t>
   </si>
   <si>
     <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
@@ -746,314 +1010,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
   </si>
   <si>
     <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
   </si>
   <si>
     <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
   </si>
   <si>
     <t>01/09/2004 00:00:00</t>
   </si>
   <si>
     <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...262 lines deleted...]
-  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Tous engagés pour un meilleur usage des antibiotiques</t>
   </si>
   <si>
     <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
   </si>
   <si>
     <t>18/11/2021 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
   </si>
   <si>
     <t>p_3298977</t>
   </si>
   <si>
     <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
   </si>
   <si>
     <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
   </si>
   <si>
     <t>20/06/2018 10:55:00</t>
@@ -1352,51 +1352,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_399727/fr/ciflox-250-mg-comprime-pellicule-boite-de-12-comprimes-ciflox-500-mg-comprime-pellicule-boite-de-12-comprimes</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_459827/fr/ciflox-ciprofloxacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1062719/fr/ciflox-uniflox-ciprofloxacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2588553/fr/ciflox-uniflox-ciprofloxacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400885/fr/uniflox-comprime-pellicule-secable-b/1-cip-336-523-9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160951/fr/ciflox-uniflox-ciprofloxacine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263069/fr/ciflox-ciprofloxacine</t>
   </si>
   <si>
     <t>CIPROFLOXACINE (ciprofloxacine (sulfate de)/ ciprofloxacine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>11/12/2018 11:32:00</t>
+    <t>11/12/2018 11:18:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982976/fr/ciprofloxacine-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982976</t>
   </si>
   <si>
     <t>ciprofloxacine (sulfate de),ciprofloxacine (chlorhydrate de)</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE / MACOPHARMA / MYLAN SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2563036/fr/ciprofloxacine-kabi-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2608661/fr/ciprofloxacine-kabi-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889883/fr/ciprofloxacine-macopharma-ciprofloxacine-sulfate-de-/-ciprofloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>CETRAXAL (ciprofloxacine)</t>
   </si>
@@ -1526,1809 +1526,1809 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" t="s">
+        <v>101</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>111</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>112</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>119</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>121</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>122</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>124</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>125</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>127</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>128</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>129</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>132</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>135</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>136</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>139</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>125</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>140</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>142</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>144</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>145</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>146</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>148</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>60</v>
+        <v>149</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>155</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="C15" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E15" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>158</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>159</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>160</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>161</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>162</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>163</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
+        <v>164</v>
       </c>
       <c r="H17" t="s">
-        <v>76</v>
+        <v>165</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>166</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>79</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>169</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E19" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>170</v>
       </c>
       <c r="H19" t="s">
-        <v>82</v>
+        <v>171</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>172</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D20" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E20" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>84</v>
+        <v>173</v>
       </c>
       <c r="H20" t="s">
-        <v>85</v>
+        <v>174</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B21" t="s">
-        <v>86</v>
+        <v>175</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="E21" t="s">
-        <v>87</v>
+        <v>176</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>177</v>
       </c>
       <c r="H21" t="s">
-        <v>89</v>
+        <v>178</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B22" t="s">
-        <v>90</v>
+        <v>179</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D22" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
+        <v>180</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>181</v>
       </c>
       <c r="H22" t="s">
-        <v>93</v>
+        <v>182</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>183</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D23" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E23" t="s">
-        <v>95</v>
+        <v>184</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>96</v>
+        <v>185</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>186</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
-        <v>98</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>189</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B25" t="s">
-        <v>101</v>
+        <v>190</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>191</v>
       </c>
       <c r="H25" t="s">
-        <v>103</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>104</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>194</v>
       </c>
       <c r="D26" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="E26" t="s">
-        <v>107</v>
+        <v>196</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>108</v>
+        <v>197</v>
       </c>
       <c r="H26" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>110</v>
+        <v>199</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>200</v>
       </c>
       <c r="D27" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="E27" t="s">
-        <v>112</v>
+        <v>201</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>202</v>
       </c>
       <c r="H27" t="s">
-        <v>114</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B28" t="s">
-        <v>115</v>
+        <v>204</v>
       </c>
       <c r="C28" t="s">
-        <v>116</v>
+        <v>205</v>
       </c>
       <c r="D28" t="s">
-        <v>117</v>
+        <v>206</v>
       </c>
       <c r="E28" t="s">
-        <v>118</v>
+        <v>207</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>119</v>
+        <v>208</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B29" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
-        <v>123</v>
+        <v>212</v>
       </c>
       <c r="E29" t="s">
-        <v>124</v>
+        <v>213</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="H29" t="s">
-        <v>126</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B30" t="s">
-        <v>127</v>
+        <v>216</v>
       </c>
       <c r="C30" t="s">
-        <v>128</v>
+        <v>217</v>
       </c>
       <c r="D30" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="E30" t="s">
-        <v>130</v>
+        <v>219</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>131</v>
+        <v>220</v>
       </c>
       <c r="H30" t="s">
-        <v>132</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>222</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
-        <v>134</v>
+        <v>223</v>
       </c>
       <c r="E31" t="s">
-        <v>91</v>
+        <v>180</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>135</v>
+        <v>224</v>
       </c>
       <c r="H31" t="s">
-        <v>136</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B32" t="s">
-        <v>137</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>139</v>
+        <v>228</v>
       </c>
       <c r="E32" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>141</v>
+        <v>229</v>
       </c>
       <c r="H32" t="s">
-        <v>142</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B33" t="s">
-        <v>143</v>
+        <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D33" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>144</v>
+        <v>232</v>
       </c>
       <c r="H33" t="s">
-        <v>145</v>
+        <v>233</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B34" t="s">
-        <v>146</v>
+        <v>234</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="D34" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>151</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>235</v>
       </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>236</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B35" t="s">
-        <v>149</v>
+        <v>237</v>
       </c>
       <c r="C35" t="s">
-        <v>150</v>
+        <v>238</v>
       </c>
       <c r="D35" t="s">
-        <v>151</v>
+        <v>239</v>
       </c>
       <c r="E35" t="s">
-        <v>152</v>
+        <v>240</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>153</v>
+        <v>241</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>242</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B36" t="s">
-        <v>155</v>
+        <v>243</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>244</v>
       </c>
       <c r="D36" t="s">
-        <v>157</v>
+        <v>245</v>
       </c>
       <c r="E36" t="s">
-        <v>158</v>
+        <v>246</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>159</v>
+        <v>247</v>
       </c>
       <c r="H36" t="s">
-        <v>160</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B37" t="s">
-        <v>161</v>
+        <v>249</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>250</v>
       </c>
       <c r="D37" t="s">
-        <v>163</v>
+        <v>251</v>
       </c>
       <c r="E37" t="s">
-        <v>164</v>
+        <v>252</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>165</v>
+        <v>253</v>
       </c>
       <c r="H37" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B38" t="s">
-        <v>167</v>
+        <v>255</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
       <c r="D38" t="s">
-        <v>169</v>
+        <v>257</v>
       </c>
       <c r="E38" t="s">
-        <v>170</v>
+        <v>258</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>171</v>
+        <v>259</v>
       </c>
       <c r="H38" t="s">
-        <v>172</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B39" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="C39" t="s">
-        <v>174</v>
+        <v>262</v>
       </c>
       <c r="D39" t="s">
-        <v>175</v>
+        <v>263</v>
       </c>
       <c r="E39" t="s">
-        <v>176</v>
+        <v>264</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>177</v>
+        <v>265</v>
       </c>
       <c r="H39" t="s">
-        <v>178</v>
+        <v>266</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B40" t="s">
-        <v>179</v>
+        <v>267</v>
       </c>
       <c r="C40" t="s">
-        <v>180</v>
+        <v>268</v>
       </c>
       <c r="D40" t="s">
-        <v>181</v>
+        <v>269</v>
       </c>
       <c r="E40" t="s">
-        <v>182</v>
+        <v>270</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>183</v>
+        <v>271</v>
       </c>
       <c r="H40" t="s">
-        <v>184</v>
+        <v>272</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B41" t="s">
-        <v>185</v>
+        <v>273</v>
       </c>
       <c r="C41" t="s">
-        <v>186</v>
+        <v>274</v>
       </c>
       <c r="D41" t="s">
-        <v>187</v>
+        <v>275</v>
       </c>
       <c r="E41" t="s">
-        <v>188</v>
+        <v>276</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>189</v>
+        <v>277</v>
       </c>
       <c r="H41" t="s">
-        <v>190</v>
+        <v>278</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B42" t="s">
-        <v>191</v>
+        <v>279</v>
       </c>
       <c r="C42" t="s">
-        <v>192</v>
+        <v>280</v>
       </c>
       <c r="D42" t="s">
-        <v>193</v>
+        <v>281</v>
       </c>
       <c r="E42" t="s">
-        <v>194</v>
+        <v>282</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>195</v>
+        <v>283</v>
       </c>
       <c r="H42" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B43" t="s">
-        <v>197</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>198</v>
+        <v>286</v>
       </c>
       <c r="D43" t="s">
-        <v>193</v>
+        <v>281</v>
       </c>
       <c r="E43" t="s">
-        <v>199</v>
+        <v>287</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="H43" t="s">
-        <v>201</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B44" t="s">
-        <v>202</v>
+        <v>290</v>
       </c>
       <c r="C44" t="s">
-        <v>203</v>
+        <v>291</v>
       </c>
       <c r="D44" t="s">
-        <v>204</v>
+        <v>292</v>
       </c>
       <c r="E44" t="s">
-        <v>205</v>
+        <v>293</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>206</v>
+        <v>294</v>
       </c>
       <c r="H44" t="s">
-        <v>207</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B45" t="s">
-        <v>208</v>
+        <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>209</v>
+        <v>297</v>
       </c>
       <c r="D45" t="s">
-        <v>210</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
-        <v>211</v>
+        <v>299</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>212</v>
+        <v>300</v>
       </c>
       <c r="H45" t="s">
-        <v>213</v>
+        <v>301</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B46" t="s">
-        <v>214</v>
+        <v>302</v>
       </c>
       <c r="C46" t="s">
-        <v>215</v>
+        <v>303</v>
       </c>
       <c r="D46" t="s">
-        <v>216</v>
+        <v>304</v>
       </c>
       <c r="E46" t="s">
-        <v>217</v>
+        <v>305</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>218</v>
+        <v>306</v>
       </c>
       <c r="H46" t="s">
-        <v>219</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B47" t="s">
-        <v>220</v>
+        <v>308</v>
       </c>
       <c r="C47" t="s">
-        <v>221</v>
+        <v>309</v>
       </c>
       <c r="D47" t="s">
-        <v>222</v>
+        <v>310</v>
       </c>
       <c r="E47" t="s">
-        <v>223</v>
+        <v>311</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>224</v>
+        <v>312</v>
       </c>
       <c r="H47" t="s">
-        <v>225</v>
+        <v>313</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B48" t="s">
-        <v>226</v>
+        <v>314</v>
       </c>
       <c r="C48" t="s">
-        <v>227</v>
+        <v>315</v>
       </c>
       <c r="D48" t="s">
-        <v>228</v>
+        <v>316</v>
       </c>
       <c r="E48" t="s">
-        <v>229</v>
+        <v>317</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>230</v>
+        <v>318</v>
       </c>
       <c r="H48" t="s">
-        <v>231</v>
+        <v>319</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="B49" t="s">
-        <v>232</v>
+        <v>320</v>
       </c>
       <c r="C49" t="s">
-        <v>233</v>
+        <v>321</v>
       </c>
       <c r="D49" t="s">
-        <v>234</v>
+        <v>322</v>
       </c>
       <c r="E49" t="s">
-        <v>235</v>
+        <v>323</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>236</v>
+        <v>324</v>
       </c>
       <c r="H49" t="s">
-        <v>237</v>
-[...480 lines deleted...]
-      <c r="H18" t="s">
         <v>325</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">