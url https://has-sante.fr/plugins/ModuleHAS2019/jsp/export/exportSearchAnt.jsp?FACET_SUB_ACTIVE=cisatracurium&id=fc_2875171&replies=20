--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,619 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/12/2024 10:44:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
   </si>
   <si>
     <t>p_3312530</t>
-  </si>
-[...85 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3120949/fr/cisatracurium-kalceks-cisatracurium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...255 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>