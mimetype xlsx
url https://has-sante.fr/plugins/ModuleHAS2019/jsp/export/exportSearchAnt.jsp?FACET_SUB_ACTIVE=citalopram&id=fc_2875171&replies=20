--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -5,113 +5,209 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="132">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
@@ -228,101 +324,50 @@
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
   </si>
   <si>
     <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
   </si>
   <si>
     <t>27/05/2009 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_607702</t>
-  </si>
-[...49 lines deleted...]
-    <t>p_3290161</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Traitement de la dépression : quelle place pour la tianeptine (Stablon®) ?</t>
   </si>
   <si>
     <t>Les antidépresseurs sont à réserver aux seules dépressions caractérisées d’intensité modérée à sévère ; ils doivent toujours être associés à une prise en charge globale et à une psychothérapie.</t>
   </si>
   <si>
     <t>20/03/2013 00:00:00</t>
   </si>
   <si>
     <t>11/09/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1637734/fr/traitement-de-la-depression-quelle-place-pour-la-tianeptine-stablon</t>
   </si>
   <si>
     <t>c_1637734</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -425,749 +470,827 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...10 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
         <v>40</v>
-      </c>
-[...120 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="B3" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="E3" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>66</v>
+      </c>
+      <c r="C6" t="s">
+        <v>67</v>
+      </c>
+      <c r="D6" t="s">
         <v>68</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>76</v>
+      </c>
+      <c r="H7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
         <v>80</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E8" t="s">
         <v>81</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>82</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H8" t="s">
         <v>83</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
         <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>93</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>94</v>
+      </c>
+      <c r="H10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>97</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>98</v>
+      </c>
+      <c r="H11" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>92</v>
+        <v>107</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="I2" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="C2" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="D2" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="E2" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="H2" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B3" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="H3" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>