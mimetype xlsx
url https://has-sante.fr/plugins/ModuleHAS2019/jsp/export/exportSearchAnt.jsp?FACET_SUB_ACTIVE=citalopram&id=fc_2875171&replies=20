--- v1 (2025-12-21)
+++ v2 (2026-02-15)
@@ -1,1296 +1,295 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
-  </si>
-[...142 lines deleted...]
-    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
-[...12 lines deleted...]
-      <c r="D5" t="s">
         <v>27</v>
-      </c>
-[...658 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>