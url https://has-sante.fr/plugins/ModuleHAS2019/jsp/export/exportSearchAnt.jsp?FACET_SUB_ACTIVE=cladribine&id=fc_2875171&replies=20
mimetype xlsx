--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -74,51 +74,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>06/12/2025 11:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
   </si>
   <si>
     <t>pprd_2983075</t>
   </si>
   <si>
     <t>cladribine</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186725/en/mavenclad</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">