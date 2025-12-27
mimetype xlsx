--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,249 +1,1432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="135">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>MAVENCLAD</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/12/2025 11:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2025</t>
+  </si>
+  <si>
+    <t>16/04/2025 12:11:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602198/fr/commission-de-la-transparence-reunion-du-23-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3602198</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 27 mai 2020</t>
+  </si>
+  <si>
+    <t>20/05/2020 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185732/fr/commission-de-la-transparence-reunion-a-distance-du-27-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3185732</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 13 mai 2020</t>
+  </si>
+  <si>
+    <t>07/05/2020 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183005/fr/commission-de-la-transparence-reunion-a-distance-du-13-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3183005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2020</t>
+  </si>
+  <si>
+    <t>13/02/2020 13:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151875/fr/commission-de-la-transparence-reunion-du-19-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3151875</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>13/09/2019 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111699/fr/college-deliberatif-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3111699</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0278/DC/SEM du 21 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité AYVAKYT</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité AYVAKYT dans l'indication « en monothérapie pour le traitement de patients adultes atteints de mastocytose systémique agres-sive (ASM), de mastocytose systémique associée à un néoplasme hématologique (SM-AHN) ou de leucémie à mastocytes (MCL), après au moins un traitement systémique, après échec ou intolérance à la midostaurine ».</t>
+  </si>
+  <si>
+    <t>21/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>05/08/2022 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359458/fr/decision-n2022-0278/dc/sem-du-21-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ayvakyt</t>
+  </si>
+  <si>
+    <t>p_3359458</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0096/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité RYDAPT (midostaurine), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont :# « Les patients adultes atteints de la mastocytose systémique agressive (MSA), de la mastocytose systémique associée à une hémopathie maligne non mastocytaire (MS-AHM) ou de la leucémie à mastocytes (LM) et nouvellement diagnostiqués.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808757/fr/avis-n2017-0096/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>c_2808757</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MAVENCLAD (cladribine)</t>
+  </si>
+  <si>
+    <t>12/06/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/fr/mavenclad-cladribine</t>
   </si>
   <si>
     <t>pprd_2983075</t>
   </si>
   <si>
     <t>cladribine</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
+    <t>https://www.has-sante.fr/jcms/c_2877329/fr/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/fr/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/fr/mavenclad-cladribine-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>LITAK (cladribine)</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984431/fr/litak-cladribine</t>
+  </si>
+  <si>
+    <t>pprd_2984431</t>
+  </si>
+  <si>
+    <t>LIPOMED GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400098/fr/litak-2-mg/ml-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055724/fr/litak-cladribine</t>
+  </si>
+  <si>
+    <t>LEUSTATINE (cladribine)</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984734/fr/leustatine-cladribine</t>
+  </si>
+  <si>
+    <t>pprd_2984734</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753527/fr/leustatine-cladribine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7" t="s">
+        <v>75</v>
+      </c>
+      <c r="I7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+      <c r="I8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>81</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>82</v>
+      </c>
+      <c r="H9" t="s">
+        <v>83</v>
+      </c>
+      <c r="I9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>85</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10" t="s">
+        <v>87</v>
+      </c>
+      <c r="I10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>89</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>90</v>
+      </c>
+      <c r="H11" t="s">
+        <v>91</v>
+      </c>
+      <c r="I11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12" t="s">
+        <v>95</v>
+      </c>
+      <c r="I12" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>109</v>
+      </c>
+      <c r="J1" t="s">
+        <v>110</v>
+      </c>
+      <c r="K1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" t="s">
+        <v>117</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>119</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
+        <v>125</v>
+      </c>
+      <c r="I3" t="s">
+        <v>117</v>
+      </c>
+      <c r="J3" t="s">
+        <v>126</v>
+      </c>
+      <c r="K3" t="s">
+        <v>127</v>
+      </c>
+      <c r="L3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+      <c r="I4" t="s">
+        <v>117</v>
+      </c>
+      <c r="J4" t="s">
+        <v>133</v>
+      </c>
+      <c r="K4" t="s">
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>