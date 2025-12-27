--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,1106 +1,3347 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="355">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYNICEM - 22 décembre 2009 (2154) avis</t>
+  </si>
+  <si>
+    <t>Implant temporaire de hanche (espaceur) Chirurgie orthopédique - Nouveau dispositif Avis défavorable au remboursement dans le traitement de l’infection sur prothèse de hanche</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 13:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
+  </si>
+  <si>
+    <t>c_951392</t>
+  </si>
+  <si>
+    <t>SYNIMED France</t>
+  </si>
+  <si>
+    <t>SYNICEM - CNEDiMTS du 12 janvier 2010 (2154)</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2010 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_917934/fr/synicem-cnedimts-du-12-janvier-2010-2154</t>
+  </si>
+  <si>
+    <t>c_917934</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 06/07/2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277421/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-06/07/2021</t>
+  </si>
+  <si>
+    <t>p_3277421</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DALACINE (clindamycine (chlorhydrate de) hydraté)</t>
+  </si>
+  <si>
+    <t>20/06/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983238/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983238</t>
+  </si>
+  <si>
+    <t>clindamycine (chlorhydrate de) hydraté</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399486/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793457/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774148/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756344/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856048/fr/dalacine-clindamycine-chlorhydrate-de-hydrate</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>67</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>26</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="D18" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
         <v>86</v>
       </c>
       <c r="H18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" t="s">
         <v>88</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
+        <v>26</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
         <v>89</v>
       </c>
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>32</v>
       </c>
       <c r="E20" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="D21" t="s">
-        <v>103</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="E22" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="B23" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="C23" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="D23" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="E23" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="B24" t="s">
+        <v>106</v>
+      </c>
+      <c r="C24" t="s">
+        <v>26</v>
+      </c>
+      <c r="D24" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" t="s">
+        <v>26</v>
+      </c>
+      <c r="D25" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" t="s">
+        <v>112</v>
+      </c>
+      <c r="C26" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" t="s">
+        <v>115</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>116</v>
+      </c>
+      <c r="H26" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
+        <v>118</v>
+      </c>
+      <c r="C27" t="s">
         <v>119</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D27" t="s">
+        <v>114</v>
+      </c>
+      <c r="E27" t="s">
+        <v>115</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
         <v>120</v>
       </c>
-      <c r="D24" t="s">
+      <c r="H27" t="s">
         <v>121</v>
       </c>
-      <c r="E24" t="s">
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" t="s">
         <v>122</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="C28" t="s">
         <v>123</v>
       </c>
-      <c r="H24" t="s">
+      <c r="D28" t="s">
+        <v>114</v>
+      </c>
+      <c r="E28" t="s">
         <v>124</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>24</v>
+      </c>
+      <c r="B29" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
+        <v>129</v>
+      </c>
+      <c r="E29" t="s">
+        <v>130</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>131</v>
+      </c>
+      <c r="H29" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" t="s">
+        <v>133</v>
+      </c>
+      <c r="C30" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" t="s">
+        <v>135</v>
+      </c>
+      <c r="E30" t="s">
+        <v>136</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>137</v>
+      </c>
+      <c r="H30" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>24</v>
+      </c>
+      <c r="B31" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" t="s">
+        <v>141</v>
+      </c>
+      <c r="E31" t="s">
+        <v>142</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>143</v>
+      </c>
+      <c r="H31" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" t="s">
+        <v>145</v>
+      </c>
+      <c r="C32" t="s">
+        <v>26</v>
+      </c>
+      <c r="D32" t="s">
+        <v>146</v>
+      </c>
+      <c r="E32" t="s">
+        <v>99</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>147</v>
+      </c>
+      <c r="H32" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>24</v>
+      </c>
+      <c r="B33" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
+      <c r="E33" t="s">
+        <v>70</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>150</v>
+      </c>
+      <c r="H33" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>24</v>
+      </c>
+      <c r="B34" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" t="s">
+        <v>26</v>
+      </c>
+      <c r="D34" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" t="s">
+        <v>70</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>24</v>
+      </c>
+      <c r="B35" t="s">
+        <v>155</v>
+      </c>
+      <c r="C35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" t="s">
+        <v>157</v>
+      </c>
+      <c r="E35" t="s">
+        <v>158</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>159</v>
+      </c>
+      <c r="H35" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>24</v>
+      </c>
+      <c r="B36" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" t="s">
+        <v>163</v>
+      </c>
+      <c r="E36" t="s">
+        <v>164</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>165</v>
+      </c>
+      <c r="H36" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>24</v>
+      </c>
+      <c r="B37" t="s">
+        <v>167</v>
+      </c>
+      <c r="C37" t="s">
+        <v>168</v>
+      </c>
+      <c r="D37" t="s">
+        <v>169</v>
+      </c>
+      <c r="E37" t="s">
+        <v>170</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>171</v>
+      </c>
+      <c r="H37" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" t="s">
+        <v>174</v>
+      </c>
+      <c r="D38" t="s">
+        <v>175</v>
+      </c>
+      <c r="E38" t="s">
+        <v>176</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>177</v>
+      </c>
+      <c r="H38" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>24</v>
+      </c>
+      <c r="B39" t="s">
+        <v>179</v>
+      </c>
+      <c r="C39" t="s">
+        <v>180</v>
+      </c>
+      <c r="D39" t="s">
+        <v>181</v>
+      </c>
+      <c r="E39" t="s">
+        <v>182</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>183</v>
+      </c>
+      <c r="H39" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" t="s">
+        <v>185</v>
+      </c>
+      <c r="C40" t="s">
+        <v>186</v>
+      </c>
+      <c r="D40" t="s">
+        <v>187</v>
+      </c>
+      <c r="E40" t="s">
+        <v>188</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>189</v>
+      </c>
+      <c r="H40" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41" t="s">
+        <v>191</v>
+      </c>
+      <c r="C41" t="s">
+        <v>192</v>
+      </c>
+      <c r="D41" t="s">
+        <v>193</v>
+      </c>
+      <c r="E41" t="s">
+        <v>193</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>194</v>
+      </c>
+      <c r="H41" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42" t="s">
+        <v>196</v>
+      </c>
+      <c r="C42" t="s">
+        <v>197</v>
+      </c>
+      <c r="D42" t="s">
+        <v>198</v>
+      </c>
+      <c r="E42" t="s">
+        <v>199</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>200</v>
+      </c>
+      <c r="H42" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43" t="s">
+        <v>202</v>
+      </c>
+      <c r="C43" t="s">
+        <v>203</v>
+      </c>
+      <c r="D43" t="s">
+        <v>204</v>
+      </c>
+      <c r="E43" t="s">
+        <v>205</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>206</v>
+      </c>
+      <c r="H43" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44" t="s">
+        <v>208</v>
+      </c>
+      <c r="C44" t="s">
+        <v>209</v>
+      </c>
+      <c r="D44" t="s">
+        <v>210</v>
+      </c>
+      <c r="E44" t="s">
+        <v>211</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>212</v>
+      </c>
+      <c r="H44" t="s">
+        <v>213</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>219</v>
+      </c>
+      <c r="H2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H3" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>228</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>229</v>
+      </c>
+      <c r="H4" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>214</v>
+      </c>
+      <c r="B5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>232</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>233</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>234</v>
+      </c>
+      <c r="H5" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>214</v>
+      </c>
+      <c r="B6" t="s">
+        <v>236</v>
+      </c>
+      <c r="C6" t="s">
+        <v>237</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>238</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>239</v>
+      </c>
+      <c r="H6" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>214</v>
+      </c>
+      <c r="B7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C7" t="s">
+        <v>242</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>243</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>244</v>
+      </c>
+      <c r="H7" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>214</v>
+      </c>
+      <c r="B8" t="s">
+        <v>246</v>
+      </c>
+      <c r="C8" t="s">
+        <v>247</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>248</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>249</v>
+      </c>
+      <c r="H8" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>214</v>
+      </c>
+      <c r="B9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>252</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>253</v>
+      </c>
+      <c r="H9" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>214</v>
+      </c>
+      <c r="B10" t="s">
+        <v>255</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>252</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>256</v>
+      </c>
+      <c r="H10" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B11" t="s">
+        <v>258</v>
+      </c>
+      <c r="C11" t="s">
+        <v>259</v>
+      </c>
+      <c r="D11" t="s">
+        <v>260</v>
+      </c>
+      <c r="E11" t="s">
+        <v>261</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>262</v>
+      </c>
+      <c r="H11" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>214</v>
+      </c>
+      <c r="B12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C12" t="s">
+        <v>265</v>
+      </c>
+      <c r="D12" t="s">
+        <v>260</v>
+      </c>
+      <c r="E12" t="s">
+        <v>266</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>267</v>
+      </c>
+      <c r="H12" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>214</v>
+      </c>
+      <c r="B13" t="s">
+        <v>269</v>
+      </c>
+      <c r="C13" t="s">
+        <v>270</v>
+      </c>
+      <c r="D13" t="s">
+        <v>260</v>
+      </c>
+      <c r="E13" t="s">
+        <v>271</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H13" t="s">
+        <v>273</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>276</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>277</v>
+      </c>
+      <c r="H2" t="s">
+        <v>278</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C2" t="s">
+        <v>281</v>
+      </c>
+      <c r="D2" t="s">
+        <v>282</v>
+      </c>
+      <c r="E2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>284</v>
+      </c>
+      <c r="H2" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D3" t="s">
+        <v>288</v>
+      </c>
+      <c r="E3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>290</v>
+      </c>
+      <c r="H3" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C4" t="s">
+        <v>293</v>
+      </c>
+      <c r="D4" t="s">
+        <v>294</v>
+      </c>
+      <c r="E4" t="s">
+        <v>295</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>296</v>
+      </c>
+      <c r="H4" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>279</v>
+      </c>
+      <c r="B5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D5" t="s">
+        <v>300</v>
+      </c>
+      <c r="E5" t="s">
+        <v>301</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>302</v>
+      </c>
+      <c r="H5" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>279</v>
+      </c>
+      <c r="B6" t="s">
+        <v>304</v>
+      </c>
+      <c r="C6" t="s">
+        <v>305</v>
+      </c>
+      <c r="D6" t="s">
+        <v>306</v>
+      </c>
+      <c r="E6" t="s">
+        <v>307</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>308</v>
+      </c>
+      <c r="H6" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>279</v>
+      </c>
+      <c r="B7" t="s">
+        <v>310</v>
+      </c>
+      <c r="C7" t="s">
+        <v>311</v>
+      </c>
+      <c r="D7" t="s">
+        <v>312</v>
+      </c>
+      <c r="E7" t="s">
+        <v>313</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>314</v>
+      </c>
+      <c r="H7" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>279</v>
+      </c>
+      <c r="B8" t="s">
+        <v>316</v>
+      </c>
+      <c r="C8" t="s">
+        <v>317</v>
+      </c>
+      <c r="D8" t="s">
+        <v>318</v>
+      </c>
+      <c r="E8" t="s">
+        <v>319</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>320</v>
+      </c>
+      <c r="H8" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>279</v>
+      </c>
+      <c r="B9" t="s">
+        <v>322</v>
+      </c>
+      <c r="C9" t="s">
+        <v>323</v>
+      </c>
+      <c r="D9" t="s">
+        <v>324</v>
+      </c>
+      <c r="E9" t="s">
+        <v>325</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>326</v>
+      </c>
+      <c r="H9" t="s">
+        <v>327</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>329</v>
+      </c>
+      <c r="B2" t="s">
+        <v>330</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>331</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>332</v>
+      </c>
+      <c r="H2" t="s">
+        <v>333</v>
+      </c>
+      <c r="I2" t="s">
+        <v>334</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>335</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B2" t="s">
+        <v>338</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>339</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>340</v>
+      </c>
+      <c r="H2" t="s">
+        <v>341</v>
+      </c>
+      <c r="I2" t="s">
+        <v>342</v>
+      </c>
+      <c r="J2" t="s">
+        <v>343</v>
+      </c>
+      <c r="K2" t="s">
+        <v>344</v>
+      </c>
+      <c r="L2" t="s">
+        <v>345</v>
+      </c>
+      <c r="M2" t="s">
+        <v>346</v>
+      </c>
+      <c r="N2" t="s">
+        <v>347</v>
+      </c>
+      <c r="O2" t="s">
+        <v>348</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>352</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>353</v>
+      </c>
+      <c r="H2" t="s">
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>