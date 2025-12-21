--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -1,193 +1,667 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="181">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>01/31/2025 14:44:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_556489/en/long-term-psychiatric-conditions-severe-anxiety-disorders</t>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles anxieux graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556489/fr/ald-n-23-troubles-anxieux-graves</t>
   </si>
   <si>
     <t>c_556489</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments à base de cannabis</t>
+  </si>
+  <si>
+    <t>L'évaluation des médicaments à base de cannabis en vue de leur éventuelle prise en charge par l'assurance maladie intervient dans un contexte où l'usage médical du cannabis a été autorisé en France depuis 2021. Les médicaments concernés doivent répondre à des spécifications précises et sont destinés à traiter des conditions médicales spécifiques en dernière intention. La HAS s'appuiera sur diverses données et contributions pour rendre son avis. Un décret ultérieur précisera les modalités d'évaluation.</t>
+  </si>
+  <si>
+    <t>29/07/2025 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638245/fr/medicaments-a-base-de-cannabis</t>
+  </si>
+  <si>
+    <t>p_3638245</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 21 avril 2020</t>
+  </si>
+  <si>
+    <t>03/06/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187653/fr/ceesp-reunion-du-21-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3187653</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 13 mai 2020</t>
+  </si>
+  <si>
+    <t>07/05/2020 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183005/fr/commission-de-la-transparence-reunion-a-distance-du-13-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3183005</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182703/fr/ceesp-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3182703</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2020</t>
+  </si>
+  <si>
+    <t>29/01/2020 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148743/fr/commission-de-la-transparence-reunion-du-5-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3148743</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>01/04/2016 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2654864/fr/college-deliberatif-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2654864</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>02/06/2016 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635586/fr/college-deliberatif-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635586</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 avril 2007</t>
+  </si>
+  <si>
+    <t>25/04/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602974/fr/commission-de-la-transparence-reunion-du-25-avril-2007</t>
+  </si>
+  <si>
+    <t>c_602974</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0261/DC/SEESP du 20 novembre 2019 du collège de la Haute Autorité de santé constatant l’impact significatif du produit EPIDYOLEX 100 MG/ML (solution buvable) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 20 novembre 2019 a constaté l'impact significatif du produit EPIDYOLEX 100 mg/ml (solution buvable) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : en association au clobazam dans le traitement des crises d’épilepsie associées au SLG ou au SD, chez des patients pharmacorésistants âgés de 2 ans et plus.</t>
+  </si>
+  <si>
+    <t>11/11/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>02/12/2019 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122588/fr/decision-n-2019-0261/dc/seesp-du-20-novembre-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-epidyolex-100-mg/ml-solution-buvable-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3122588</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0044/AC/SEM du 8 juin 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité LIKOZAM (clobazam) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte sont : - traitement symptomatique à court terme (2-4 semaines) de l'anxiété sévère, invalidante ou responsable d’un état de détresse inacceptable ; - traitement des états d'anxiété associés à des troubles affectifs en association avec des traitements adéquats pour le trouble sous-jacent ; - prise en charge des symptômes à court terme de l'excitation et de l'agitation, chez les patients atteints de schizophrénie ou d'autres troubles psychotiques ; - traitement des épilepsies partielles simples ou complexes, avec ou sans généralisation secondaire, et traitement de tous les types d’épilepsie généralisée (crises toniques / cloniques, crises myocloniques, crises d’absence), en association avec un autre traitement antiépileptique chez les adultes n’ayant pas de difficultés de déglutition. Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>08/06/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>16/06/2016 12:21:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639192/fr/avis-n-2016-0044/ac/sem-du-8-juin-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-likozam-clobazam</t>
+  </si>
+  <si>
+    <t>c_2639192</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
-    <t>01/13/2017 10:47:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
+    <t>15/12/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>URBANYL (clobazam)</t>
+  </si>
+  <si>
+    <t>30/09/2016 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983970/fr/urbanyl-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983970</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493304/fr/urbanyl-clobazam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042208/fr/urbanyl-clobazam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048979/fr/urbanyl-clobazam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671737/fr/urbanyl-clobazam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,127 +675,1121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>73</v>
+      </c>
+      <c r="H9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>82</v>
+      </c>
+      <c r="H11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>86</v>
+      </c>
+      <c r="H12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>93</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
+      </c>
+      <c r="I4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>120</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H5" t="s">
+        <v>122</v>
+      </c>
+      <c r="I5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" t="s">
+        <v>126</v>
+      </c>
+      <c r="I6" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B7" t="s">
+        <v>127</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>129</v>
+      </c>
+      <c r="H7" t="s">
+        <v>130</v>
+      </c>
+      <c r="I7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>132</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>133</v>
+      </c>
+      <c r="H8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>136</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>137</v>
+      </c>
+      <c r="H9" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>140</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>141</v>
+      </c>
+      <c r="H10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>144</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>145</v>
+      </c>
+      <c r="H11" t="s">
+        <v>146</v>
+      </c>
+      <c r="I11" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D3" t="s">
+        <v>156</v>
+      </c>
+      <c r="E3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>160</v>
+      </c>
+      <c r="J1" t="s">
+        <v>161</v>
+      </c>
+      <c r="K1" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I2" t="s">
+        <v>168</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>169</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>170</v>
+      </c>
+      <c r="L2" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>174</v>
+      </c>
+      <c r="H3" t="s">
+        <v>175</v>
+      </c>
+      <c r="I3" t="s">
+        <v>168</v>
+      </c>
+      <c r="J3" t="s">
+        <v>176</v>
+      </c>
+      <c r="K3" t="s">
+        <v>177</v>
+      </c>
+      <c r="L3" t="s">
+        <v>178</v>
+      </c>
+      <c r="M3" t="s">
+        <v>179</v>
+      </c>
+      <c r="N3" t="s">
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>