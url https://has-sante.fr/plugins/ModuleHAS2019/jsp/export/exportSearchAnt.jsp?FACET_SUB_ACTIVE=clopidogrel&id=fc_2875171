--- v0 (2025-10-16)
+++ v1 (2026-02-28)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
     <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
     <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -254,108 +254,114 @@
   <si>
     <t>07/01/2009 00:00:00</t>
   </si>
   <si>
     <t>02/19/2010 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809517/en/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
     <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
   </si>
   <si>
     <t>03/17/2023 16:35:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984338/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
   </si>
   <si>
     <t>pprd_2984338</t>
   </si>
   <si>
     <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_971029/en/duoplavin</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2569098/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3420589/en/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
     <t>02/07/2019 15:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
@@ -815,51 +821,51 @@
       </c>
       <c r="D7" t="s">
         <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>70</v>
       </c>
       <c r="H7" t="s">
         <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P3"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -896,186 +902,189 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>78</v>
       </c>
       <c r="H2" t="s">
         <v>79</v>
       </c>
       <c r="I2" t="s">
         <v>80</v>
       </c>
       <c r="J2" t="s">
         <v>81</v>
       </c>
       <c r="K2" t="s">
         <v>82</v>
       </c>
       <c r="L2" t="s">
         <v>83</v>
       </c>
       <c r="M2" t="s">
         <v>84</v>
       </c>
+      <c r="N2" t="s">
+        <v>85</v>
+      </c>
+      <c r="O2" t="s">
+        <v>86</v>
+      </c>
+      <c r="P2" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J3" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="K3" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="L3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="M3" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>