--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -36,51 +36,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2250" uniqueCount="1228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2250" uniqueCount="1227">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -3605,65 +3605,50 @@
   <si>
     <t>clopidogrel (hydrogénosulfate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399453/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399755/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_642387/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_545415/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2610158/fr/plavix-clopidogrel-antiagregant-plaquettaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280947/fr/plavix-clopidogrel</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>Indicateurs de qualité et de sécurité des soins en établissements de santé</t>
-[...13 lines deleted...]
-  <si>
     <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
   </si>
   <si>
     <t>05/07/2017 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
   </si>
   <si>
     <t>c_1242619</t>
   </si>
   <si>
     <t>Comprendre les indicateurs</t>
   </si>
   <si>
     <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
   </si>
   <si>
     <t>22/08/2022 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
   </si>
   <si>
     <t>r_1456737</t>
@@ -3675,50 +3660,62 @@
     <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
   </si>
   <si>
     <t>19/12/2022 15:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
   </si>
   <si>
     <t>p_3390456</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
     <t>07/02/2019 15:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>30/04/2013 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
   <si>
     <t>Ensemble, améliorons la prise en charge de l’infarctus du myocarde</t>
   </si>
   <si>
     <t>Salle de presse virtuelle - On estime que chaque année en France, environ 100 000 personnes sont atteintes d’infarctus du myocarde. Parmi les patients pris en charge, 7 % décèdent dans le premier mois et au total, 13% décèdent au cours de la 1ère année. Cette mortalité a été réduite de moitié en 10 ans grâce à une amélioration globale de la prise en charge.# upload/docs/image/gif/2009-04/stethoscope_coeur_small.gif</t>
   </si>
   <si>
     <t>02/04/2009 11:50:00</t>
   </si>
@@ -3876,77 +3873,77 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1188</v>
       </c>
       <c r="B2" t="s">
         <v>1189</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>1190</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>1191</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1188</v>
       </c>
       <c r="B3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C3" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>1195</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>1196</v>
       </c>
       <c r="H3" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>1188</v>
       </c>
       <c r="B4" t="s">
         <v>1198</v>
       </c>
       <c r="C4" t="s">
@@ -3980,144 +3977,144 @@
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>1205</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>1206</v>
       </c>
       <c r="H5" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>1188</v>
       </c>
       <c r="B6" t="s">
         <v>1208</v>
       </c>
       <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>1209</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>1210</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>1188</v>
       </c>
       <c r="B7" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C7" t="s">
         <v>1213</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>1214</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>1215</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>1216</v>
-      </c>
-[...1 lines deleted...]
-        <v>1217</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>1188</v>
       </c>
       <c r="B8" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C8" t="s">
         <v>1218</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>1219</v>
       </c>
-      <c r="D8" t="s">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>1220</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>1188</v>
       </c>
       <c r="B9" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C9" t="s">
         <v>1223</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>1224</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>1225</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J136"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>