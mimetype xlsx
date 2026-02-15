--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,3812 +1,446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2250" uniqueCount="1227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>07/04/2014 15:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...2234 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Atrial fibrillation</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Hémophilie</t>
-[...143 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
+    <t>Coronary artery disease</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
+  </si>
+  <si>
+    <t>04/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
-[...311 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2028916/fr/mitraclip</t>
+    <t>Assessment of an Edge-to-Edge Mitral Valve Repair Clip and its Implantation</t>
+  </si>
+  <si>
+    <t>In the current state of knowledge, HAS recommends limiting implantations of the MITRACLIP device to patients with severe degenerative mitral insufficiency which is symptomatic despite optimal medical treatment, who are not eligible for valve replacement or repair surgery and who meet the echocardiographic eligibility criteria.</t>
+  </si>
+  <si>
+    <t>04/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/29/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028916/en/assessment-of-an-edge-to-edge-mitral-valve-repair-clip-and-its-implantation</t>
   </si>
   <si>
     <t>c_2028916</t>
   </si>
   <si>
-    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...407 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984205</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de)</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/en/plavix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/en/plavix-clopidogrel-platelet-aggregation-inhibiting-drug</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/en/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809517/en/plavix-clopidogrel-antiagregant-plaquettaire</t>
   </si>
   <si>
     <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
   </si>
   <si>
-    <t>17/03/2023 16:35:43</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984338/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+    <t>03/17/2023 16:35:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984338/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
   </si>
   <si>
     <t>pprd_2984338</t>
   </si>
   <si>
     <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_971029/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
-[...83 lines deleted...]
-    <t>p_3390456</t>
+    <t>https://www.has-sante.fr/jcms/c_971029/en/duoplavin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569098/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420589/en/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
-    <t>07/02/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
+    <t>02/07/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
-    <t>Expérience patient dans l'infarctus du myocarde</t>
-[...10 lines deleted...]
-  <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
-  </si>
-[...28 lines deleted...]
-    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -3831,7345 +465,626 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1188</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>1189</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>1190</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1191</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>1192</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1188</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>1193</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>1194</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>1195</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1196</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>1197</v>
-[...155 lines deleted...]
-        <v>1226</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4364 lines deleted...]
-
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1092 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>931</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>932</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>933</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>934</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>935</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>936</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>938</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>939</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>940</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>941</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>942</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>943</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
-        <v>944</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>945</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>946</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>947</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>948</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>949</v>
+        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>950</v>
+        <v>49</v>
       </c>
       <c r="C4" t="s">
-        <v>951</v>
+        <v>50</v>
       </c>
       <c r="D4" t="s">
-        <v>952</v>
+        <v>51</v>
       </c>
       <c r="E4" t="s">
-        <v>953</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>954</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>955</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>956</v>
+        <v>55</v>
       </c>
       <c r="C5" t="s">
-        <v>957</v>
+        <v>56</v>
       </c>
       <c r="D5" t="s">
-        <v>958</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s">
-        <v>959</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>960</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>961</v>
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>962</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>963</v>
+        <v>56</v>
       </c>
       <c r="D6" t="s">
-        <v>964</v>
+        <v>62</v>
       </c>
       <c r="E6" t="s">
-        <v>965</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>966</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>967</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>937</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>968</v>
+        <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>969</v>
+        <v>67</v>
       </c>
       <c r="D7" t="s">
-        <v>970</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>971</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>972</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>973</v>
-[...259 lines deleted...]
-        <v>1030</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I26"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1031</v>
+        <v>72</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1032</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>1033</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1034</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1035</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>1036</v>
+        <v>79</v>
       </c>
       <c r="I2" t="s">
-        <v>1037</v>
+        <v>80</v>
+      </c>
+      <c r="J2" t="s">
+        <v>81</v>
+      </c>
+      <c r="K2" t="s">
+        <v>82</v>
+      </c>
+      <c r="L2" t="s">
+        <v>83</v>
+      </c>
+      <c r="M2" t="s">
+        <v>84</v>
+      </c>
+      <c r="N2" t="s">
+        <v>85</v>
+      </c>
+      <c r="O2" t="s">
+        <v>86</v>
+      </c>
+      <c r="P2" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1032</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>1038</v>
+        <v>89</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1039</v>
+        <v>90</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1040</v>
+        <v>91</v>
       </c>
       <c r="H3" t="s">
-        <v>1041</v>
+        <v>92</v>
       </c>
       <c r="I3" t="s">
-        <v>1037</v>
-[...666 lines deleted...]
-        <v>1037</v>
+        <v>93</v>
+      </c>
+      <c r="J3" t="s">
+        <v>94</v>
+      </c>
+      <c r="K3" t="s">
+        <v>95</v>
+      </c>
+      <c r="L3" t="s">
+        <v>96</v>
+      </c>
+      <c r="M3" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1134</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>1135</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>1136</v>
+        <v>100</v>
       </c>
       <c r="D2" t="s">
-        <v>1137</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1138</v>
+        <v>101</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1139</v>
+        <v>102</v>
       </c>
       <c r="H2" t="s">
-        <v>1140</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1134</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>1141</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
-        <v>1142</v>
+        <v>105</v>
       </c>
       <c r="D3" t="s">
-        <v>1143</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1144</v>
+        <v>106</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1145</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>1146</v>
-[...77 lines deleted...]
-        <v>1164</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...138 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>