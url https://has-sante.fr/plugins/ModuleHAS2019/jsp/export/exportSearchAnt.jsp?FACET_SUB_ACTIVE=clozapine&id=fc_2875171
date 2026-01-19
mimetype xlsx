--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -7,120 +7,429 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="228">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide méthodologique</t>
   </si>
   <si>
     <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
   </si>
   <si>
     <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
   </si>
   <si>
     <t>06/05/2021 00:00:00</t>
   </si>
   <si>
     <t>14/05/2021 12:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
   </si>
   <si>
     <t>r_1499094</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
@@ -234,344 +543,50 @@
     <t>08/07/2009 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
   </si>
   <si>
     <t>c_819557</t>
   </si>
   <si>
     <t>La maladie de Parkinson : critères diagnostiques et thérapeutiques</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les critères diagnostiques de la maladie de Parkinson et quels sont les examens complémentaires nécessaires ? Quelles sont les échelles d’évaluation utiles pour le suivi de la maladie de Parkinson ? Quelles stratégies thérapeutiques sont à conseiller à la phase initiale de la maladie de Parkinson ? Quelles thérapeutiques sont à conseiller à la phase évoluée de la maladie (en dehors de la rééducation et de la neurochirurgie) ? Quelles sont la place et les indications de la rééducation et de la réadaptation dans le traitement de la maladie de Parkinson ? Quelle est la place des traitements chirurgicaux ?</t>
   </si>
   <si>
     <t>27/03/2000 00:00:00</t>
   </si>
   <si>
     <t>01/03/2000 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272069/fr/la-maladie-de-parkinson-criteres-diagnostiques-et-therapeutiques</t>
   </si>
   <si>
     <t>c_272069</t>
-  </si>
-[...292 lines deleted...]
-    <t>c_1242645</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 20 juillet 2016</t>
   </si>
   <si>
     <t>18/07/2016 11:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656817/fr/college-deliberatif-du-20-juillet-2016</t>
   </si>
   <si>
     <t>c_2656817</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 29 avril 2015</t>
   </si>
@@ -812,1282 +827,1308 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>115</v>
+      </c>
+      <c r="E21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>117</v>
+      </c>
+      <c r="H21" t="s">
+        <v>118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>120</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>121</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>122</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>123</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>124</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>128</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>129</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>131</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>135</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>136</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>138</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>139</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>140</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>141</v>
       </c>
       <c r="H5" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>145</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>146</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>147</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
+        <v>148</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B7" t="s">
-        <v>46</v>
+        <v>149</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>150</v>
       </c>
       <c r="D7" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="E7" t="s">
-        <v>49</v>
+        <v>152</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>153</v>
       </c>
       <c r="H7" t="s">
-        <v>51</v>
+        <v>154</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>157</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>158</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>161</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>162</v>
       </c>
       <c r="D9" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="E9" t="s">
-        <v>60</v>
+        <v>163</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>61</v>
+        <v>164</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>165</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>167</v>
       </c>
       <c r="D10" t="s">
-        <v>65</v>
+        <v>168</v>
       </c>
       <c r="E10" t="s">
-        <v>66</v>
+        <v>169</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>67</v>
+        <v>170</v>
       </c>
       <c r="H10" t="s">
-        <v>68</v>
-[...533 lines deleted...]
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="I2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="I3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>184</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>185</v>
+      </c>
+      <c r="H4" t="s">
+        <v>186</v>
+      </c>
+      <c r="I4" t="s">
         <v>178</v>
-      </c>
-[...19 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="I5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H6" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="I6" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="H2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="J1" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="K1" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="I2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="J2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="K2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="L2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="M2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="N2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="B3" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>