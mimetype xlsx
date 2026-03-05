--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,806 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="383" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>14/05/2021 12:00:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Neutropénies chroniques</t>
-[...503 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>LEPONEX (clozapine)</t>
   </si>
   <si>
-    <t>09/03/2017 17:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983695/fr/leponex-clozapine</t>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
   </si>
   <si>
     <t>pprd_2983695</t>
   </si>
   <si>
     <t>clozapine</t>
   </si>
   <si>
     <t>MYLAN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517525/fr/leponex-clozapine</t>
-[...41 lines deleted...]
-    <t>c_2906074</t>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -827,1308 +218,128 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
-[...1086 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>203</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>204</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>205</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>206</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>207</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>208</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>209</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>211</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>212</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>213</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>214</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>215</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>216</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...90 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>