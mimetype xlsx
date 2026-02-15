--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -101,63 +101,63 @@
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>06/25/2014 00:00:00</t>
   </si>
   <si>
     <t>07/22/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
-    <t>Work programme HAS</t>
-[...11 lines deleted...]
-    <t>c_1267303</t>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">