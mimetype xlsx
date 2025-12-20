--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="543" uniqueCount="306">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,50 +89,65 @@
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>TAXUS EXPRESS 2</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>26/05/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398556/fr/taxus-express-2</t>
   </si>
   <si>
     <t>c_398556</t>
   </si>
   <si>
     <t>BOSTON SCIENTIFIC SA (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
   </si>
   <si>
     <t>p_3689332</t>
   </si>
   <si>
     <t>Syndrome de Myhre</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
@@ -614,50 +629,65 @@
   <si>
     <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
   </si>
   <si>
     <t>25/06/2014 00:00:00</t>
   </si>
   <si>
     <t>22/07/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 10 juillet 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636351/fr/college-deliberatif-du-10-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3636351</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 15 mai 2024</t>
   </si>
   <si>
     <t>14/05/2024 18:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
   </si>
   <si>
     <t>p_3517111</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 10 avril 2024</t>
   </si>
   <si>
     <t>04/04/2024 10:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
   </si>
   <si>
     <t>p_3505957</t>
@@ -863,78 +893,93 @@
   <si>
     <t>pprd_2983318</t>
   </si>
   <si>
     <t>colchicine, tiémonium (méthylsulfate de), poudre d'opium,colchicine,tiémonium (métilsulfate de),opium (poudre d')</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1013248/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655914/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655980/fr/colchimax-colchicine-opocalcium-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2847889/fr/colchimax-colchicine-tiemonium-methylsulfate-de-poudre-d-opium/-colchicine/</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400857/fr/colchimax-comprime-pellicule-boite-de-20-comprimes-cip-302-449-0</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3563407</t>
   </si>
   <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -1034,51 +1079,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1129,155 +1174,155 @@
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>30</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>31</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
         <v>34</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>35</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>36</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>37</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>43</v>
       </c>
       <c r="H6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>47</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>48</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
         <v>51</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>53</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>54</v>
       </c>
       <c r="H8" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
       <c r="C9" t="s">
         <v>57</v>
       </c>
       <c r="D9" t="s">
@@ -1288,77 +1333,77 @@
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>59</v>
       </c>
       <c r="H9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>17</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
@@ -1519,77 +1564,77 @@
       </c>
       <c r="E18" t="s">
         <v>102</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>103</v>
       </c>
       <c r="H18" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19" t="s">
         <v>105</v>
       </c>
       <c r="C19" t="s">
         <v>106</v>
       </c>
       <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>107</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>108</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>114</v>
       </c>
       <c r="H20" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>17</v>
       </c>
       <c r="B21" t="s">
         <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>117</v>
       </c>
       <c r="D21" t="s">
@@ -1620,77 +1665,77 @@
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>123</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>124</v>
       </c>
       <c r="H22" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>17</v>
       </c>
       <c r="B23" t="s">
         <v>126</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>17</v>
       </c>
       <c r="B24" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C24" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>132</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>133</v>
       </c>
       <c r="H24" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>17</v>
       </c>
       <c r="B25" t="s">
         <v>135</v>
       </c>
       <c r="C25" t="s">
@@ -1750,1043 +1795,1124 @@
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>147</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>148</v>
       </c>
       <c r="H27" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>17</v>
       </c>
       <c r="B28" t="s">
         <v>150</v>
       </c>
       <c r="C28" t="s">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="D28" t="s">
-        <v>151</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>152</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>153</v>
       </c>
       <c r="H28" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>17</v>
       </c>
       <c r="B29" t="s">
         <v>155</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
         <v>156</v>
       </c>
       <c r="E29" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H29" t="s">
-        <v>158</v>
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" t="s">
+        <v>160</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>161</v>
+      </c>
+      <c r="E30" t="s">
+        <v>161</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>162</v>
+      </c>
+      <c r="H30" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="H2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B4" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C4" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H4" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="I2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="I3" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B4" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="H4" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="I4" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>214</v>
+      </c>
+      <c r="H5" t="s">
+        <v>215</v>
+      </c>
+      <c r="I5" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B6" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="H6" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="I6" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B7" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="H7" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="I7" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="H8" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="I8" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B9" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="H9" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="I9" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="H10" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="I10" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B11" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="H11" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="I11" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
         <v>197</v>
+      </c>
+      <c r="B12" t="s">
+        <v>240</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>241</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>242</v>
+      </c>
+      <c r="H12" t="s">
+        <v>243</v>
+      </c>
+      <c r="I12" t="s">
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="B2" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="C2" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="D2" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="E2" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="H2" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="B3" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C3" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="D3" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="E3" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="H3" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="B2" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="H2" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="I2" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="J2" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="K2" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="L2" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="M2" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="B3" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="H3" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="I3" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="J3" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="K3" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="L3" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="M3" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="N3" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="O3" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="C2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="H2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B3" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C3" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="H3" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B4" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="C4" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="H4" t="s">
-        <v>290</v>
+        <v>300</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B5" t="s">
+        <v>301</v>
+      </c>
+      <c r="C5" t="s">
+        <v>302</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>303</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>304</v>
+      </c>
+      <c r="H5" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>