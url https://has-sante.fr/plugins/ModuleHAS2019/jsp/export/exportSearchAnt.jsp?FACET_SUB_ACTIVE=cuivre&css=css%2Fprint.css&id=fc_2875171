--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,858 +1,6725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1302" uniqueCount="739">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>OL 1000</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732140/fr/ol-1000</t>
+  </si>
+  <si>
+    <t>c_732140</t>
+  </si>
+  <si>
+    <t>DJO France SAS France</t>
+  </si>
+  <si>
+    <t>GYNELLE 375</t>
+  </si>
+  <si>
+    <t>16/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2007 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572507/fr/gynelle-375</t>
+  </si>
+  <si>
+    <t>c_572507</t>
+  </si>
+  <si>
+    <t>PRODIMED sas</t>
+  </si>
+  <si>
+    <t>TT 380</t>
+  </si>
+  <si>
+    <t>16/05/2007 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_536879/fr/tt-380</t>
+  </si>
+  <si>
+    <t>c_536879</t>
+  </si>
+  <si>
+    <t>7 MED Industrie</t>
+  </si>
+  <si>
+    <t>UT 380</t>
+  </si>
+  <si>
+    <t>16/05/2007 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_536886/fr/ut-380</t>
+  </si>
+  <si>
+    <t>c_536886</t>
+  </si>
+  <si>
+    <t>13/03/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398334/fr/ut-380</t>
+  </si>
+  <si>
+    <t>c_398334</t>
+  </si>
+  <si>
+    <t>7 MED INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398335/fr/tt-380</t>
+  </si>
+  <si>
+    <t>c_398335</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398361/fr/gynelle-375</t>
+  </si>
+  <si>
+    <t>c_398361</t>
+  </si>
+  <si>
+    <t>PRODIMED</t>
+  </si>
+  <si>
+    <t>MULTILOAD® CU 375 standard</t>
+  </si>
+  <si>
+    <t>09/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398461/fr/multiload-cu-375-standard</t>
+  </si>
+  <si>
+    <t>c_398461</t>
+  </si>
+  <si>
+    <t>Organon SA (France)</t>
+  </si>
+  <si>
+    <t>MULTILOAD® CU 375 SL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398462/fr/multiload-cu-375-sl</t>
+  </si>
+  <si>
+    <t>c_398462</t>
+  </si>
+  <si>
+    <t>NOVA T</t>
+  </si>
+  <si>
+    <t>16/07/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398481/fr/nova-t</t>
+  </si>
+  <si>
+    <t>c_398481</t>
+  </si>
+  <si>
+    <t>Schering S.A. (France)</t>
+  </si>
+  <si>
+    <t>SERTALIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398550/fr/sertalia</t>
+  </si>
+  <si>
+    <t>c_398550</t>
+  </si>
+  <si>
+    <t>Theramex (Monaco)</t>
+  </si>
+  <si>
+    <t>NOVA T 380</t>
+  </si>
+  <si>
+    <t>12/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398555/fr/nova-t-380</t>
+  </si>
+  <si>
+    <t>c_398555</t>
+  </si>
+  <si>
+    <t>SCHERING S.A. (France)</t>
+  </si>
+  <si>
+    <t>NT 380 (anciennemnt TAG 380)</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398705/fr/nt-380-anciennemnt-tag-380</t>
+  </si>
+  <si>
+    <t>c_398705</t>
+  </si>
+  <si>
+    <t>7 MED industrie</t>
+  </si>
+  <si>
+    <t>MONA LISA Cu375-RO, MONA LISA Cu375 SL RO</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398790/fr/mona-lisa-cu375-ro-mona-lisa-cu375-sl-ro</t>
+  </si>
+  <si>
+    <t>c_398790</t>
+  </si>
+  <si>
+    <t>MONA LISA NV (Belgique)</t>
+  </si>
+  <si>
+    <t>MONA LISA CuT-380A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398791/fr/mona-lisa-cut-380a</t>
+  </si>
+  <si>
+    <t>c_398791</t>
+  </si>
+  <si>
+    <t>MONA LISA NT Cu380</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398792/fr/mona-lisa-nt-cu380</t>
+  </si>
+  <si>
+    <t>c_398792</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Agénésie transversale de l’avant-bras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une agénésie transversale de l’avant-bras. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France (CEREFAM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292799/fr/agenesie-transversale-de-l-avant-bras</t>
+  </si>
+  <si>
+    <t>p_3292799</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Lymphangioléiomyomatose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente chez laquelle est diagnostiquée une lymphangioléiomyomatose. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264012/fr/lymphangioleiomyomatose</t>
+  </si>
+  <si>
+    <t>c_1264012</t>
+  </si>
+  <si>
+    <t>Polyadénomatose mammaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de polyadénomatose mammaire. Il a été élaboré par le Centre de Référence Pathologies Gynécologiques Rares PGR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289826/fr/polyadenomatose-mammaire</t>
+  </si>
+  <si>
+    <t>p_3289826</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Vers une contraception mieux adaptée au profil de chacun</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la conférence de presse de la ministre des Affaires sociales et de la Santé, Marisol Touraine, et à l’occasion du lancement le 18 mai de la campagne « La contraception qui vous convient existe» de l’INPES, la Haute Autorité de Santé met à la disposition des pouvoirs publics, des professionnels de santé et du grand public des outils pour répondre aux problématiques liées à la contraception.</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545515/fr/vers-une-contraception-mieux-adaptee-au-profil-de-chacun</t>
+  </si>
+  <si>
+    <t>c_1545515</t>
+  </si>
+  <si>
+    <t>Contraception : deux outils mis à la disposition des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé diffuse aujourd’hui deux documents sur la contraception : la liste des méthodes contraceptives avec un focus sur les méthodes les plus efficaces disponibles et une fiche mémo. Ces documents doivent permettre aux professionnels de santé de discuter et choisir avec la femme, l’homme ou le couple la méthode la plus adaptée à leur profil dans l’objectif d’éviter les échecs de la contraception et les grossesses non désirées. Fin avril, cette publication sera complétée par des fiches mémo pour chacune des situations cliniques particulières identifiées ainsi que d’une analyse des moyens d'accès à la contraception et des freins à ce dernier.</t>
+  </si>
+  <si>
+    <t>29/03/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369257/fr/contraception-deux-outils-mis-a-la-disposition-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_1369257</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
+    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de la pose d’une couronne transitoire pendant l’intervalle de temps entre la préparation de la dent et la pose de la couronne définitive.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les orthèses de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types d’orthèses de membre supérieur ; réévaluer l’intérêt des orthèses de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les orthèses de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2010 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999528/fr/evaluation-des-ortheses-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999528</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 16 avril 2024</t>
+  </si>
+  <si>
+    <t>20/06/2024 08:57:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525383/fr/cediag-du-16-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3525383</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>CEDiag du 17 octobre 2023</t>
+  </si>
+  <si>
+    <t>08/11/2023 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468509/fr/cediag-du-17-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3468509</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 13 juin 2023</t>
+  </si>
+  <si>
+    <t>08/06/2023 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445007/fr/cnedimts-du-13-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3445007</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076454/fr/college-deliberatif-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076454</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 22 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1737455/fr/cnedimts-reunion-du-22-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1737455</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 octobre 2013</t>
+  </si>
+  <si>
+    <t>25/11/2013 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652486/fr/commission-de-la-transparence-reunion-du-16-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1652486</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0112/DC/MPROG du 25 avril 2024 du collège de la Haute Autorité de santé portant modification du programme de travail de la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>Décision du 25 avril 2024 du collège de la Haute Autorité de santé portant actualisation du programme de travail de la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>25/04/2024 11:15:00</t>
+  </si>
+  <si>
+    <t>30/04/2024 15:13:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515020/fr/decision-n2024-0112/dc/mprog-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-modification-du-programme-de-travail-de-la-haute-autorite-de-sante</t>
+  </si>
+  <si>
+    <t>p_3515020</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Choisir sa contraception avec un professionnel de santé</t>
+  </si>
+  <si>
+    <t>Se décider pour choisir un moyen de contraception n’est pas toujours simple pour les femmes et les hommes concernés. Cette aide à la décision médicale partagée accompagne les personnes concernées d’une part et les professionnels d’autre part pour faciliter leurs échanges et permettre de prendre une décision respectueuse des attentes et préférences de la personne et de son état de santé.</t>
+  </si>
+  <si>
+    <t>25/09/2014 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764020/fr/choisir-sa-contraception-avec-un-professionnel-de-sante</t>
+  </si>
+  <si>
+    <t>c_1764020</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+  </si>
+  <si>
+    <t>TRACUTIL (chromique/ cuivre/ ferreux (chlorure) tétrahydraté/ manganese/ sodium ...)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983514/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983514</t>
+  </si>
+  <si>
+    <t>chromique,cuivre,ferreux (chlorure) tétrahydraté,manganese,sodium (molybdate de) dihydraté,sodium (fluorure de),solution d’oligo-éléments,potassium (iodure de),sodium (sélénite de) pentahydraté,zinc</t>
+  </si>
+  <si>
+    <t>B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532424/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332074/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797161/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
+  </si>
+  <si>
+    <t>NONAN (cobalt/ cuivre/ fer/ fluor/ iode/ manganèse/ molybdène/ sélénium/ zinc)</t>
+  </si>
+  <si>
+    <t>19/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986062/fr/nonan-cobalt/-cuivre/-fer/-fluor/-iode/-manganese/-molybdene/-selenium/-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2986062</t>
+  </si>
+  <si>
+    <t>cobalt,cuivre,fer,fluor,iode,manganèse,molybdène,sélénium,zinc</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2026</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2026 » de la HAS recense les productions prévues pour l'année 2026, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2026</t>
   </si>
   <si>
     <t>c_1267303</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'acte professionnel</t>
+  </si>
+  <si>
+    <t>Prenez connaissance des différentes étapes du dépôt de votre dossier d'évaluation.</t>
+  </si>
+  <si>
+    <t>02/02/2026 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714581/fr/deposer-un-dossier-d-evaluation-d-acte-professionnel</t>
+  </si>
+  <si>
+    <t>c_1714581</t>
+  </si>
+  <si>
+    <t>Focus sur les 5 familles contraceptives disponibles</t>
+  </si>
+  <si>
+    <t>Contraception : 5 grandes familles peuvent être proposées : méthodes hormonales, intra-utérines, barrières, naturelles et stérilisation.</t>
+  </si>
+  <si>
+    <t>18/03/2020 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122287/fr/focus-sur-les-5-familles-contraceptives-disponibles</t>
+  </si>
+  <si>
+    <t>p_3122287</t>
+  </si>
+  <si>
+    <t>Contraception : consultations initiale et de suivi</t>
+  </si>
+  <si>
+    <t>La méthode de contraception est choisie au cours d’une consultation dédiée. Le choix de la méthode est réévalué à chaque renouvellement de prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122291/fr/contraception-consultations-initiale-et-de-suivi</t>
+  </si>
+  <si>
+    <t>p_3122291</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : pilule du lendemain ou DIU au cuivre</t>
+  </si>
+  <si>
+    <t>Il existe 2 solutions pour éviter une grossesse après un rapport sexuel mal protégé : la contraception d’urgence hormonale et le DIU au cuivre.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122293/fr/contraception-d-urgence-pilule-du-lendemain-ou-diu-au-cuivre</t>
+  </si>
+  <si>
+    <t>p_3122293</t>
+  </si>
+  <si>
+    <t>Dès le 21e jour après l’accouchement, votre patiente est à nouveau fertile. Une contraception peut lui être proposée avant ou juste après la sortie de la maternité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148401/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>p_3148401</t>
+  </si>
+  <si>
+    <t>Prescrire une contraception après une IVG</t>
+  </si>
+  <si>
+    <t>Après un avortement, une contraception est proposée à la patiente et mise en place dans les plus brefs délais.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148408/fr/prescrire-une-contraception-apres-une-ivg</t>
+  </si>
+  <si>
+    <t>p_3148408</t>
+  </si>
+  <si>
+    <t>Risque cardiovasculaire : attention aux méthodes hormonales</t>
+  </si>
+  <si>
+    <t>Votre patiente souffre d’une maladie à risque cardiovasculaire ? Examen clinique et bilan biologique permettront d’évaluer ce risque et de trouver une méthode contraceptive adaptée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148411/fr/risque-cardiovasculaire-attention-aux-methodes-hormonales</t>
+  </si>
+  <si>
+    <t>p_3148411</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Évaluation des actes professionnels</t>
+  </si>
+  <si>
+    <t>La HAS évalue le bon usage des actes professionnels pour rendre un avis à l’Assurance maladie en vue de leur remboursement. Elle évalue leur service attendu en prenant en compte l’intérêt diagnostique ou thérapeutique (efficacité, sécurité et place de l’acte) et l’intérêt de santé publique (impact de l’acte sur la santé de la population et le système de soins).</t>
+  </si>
+  <si>
+    <t>22/01/2019 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821948/fr/evaluation-des-actes-professionnels</t>
+  </si>
+  <si>
+    <t>c_2821948</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10" t="s">
+        <v>53</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>56</v>
+      </c>
+      <c r="E11" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>61</v>
+      </c>
+      <c r="H12" t="s">
+        <v>62</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>63</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>56</v>
+      </c>
+      <c r="E14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>70</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" t="s">
+        <v>75</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>79</v>
+      </c>
+      <c r="H16" t="s">
+        <v>80</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>83</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>84</v>
+      </c>
+      <c r="H17" t="s">
+        <v>85</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" t="s">
+        <v>89</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>83</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" t="s">
+        <v>92</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...371 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>639</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>640</v>
       </c>
       <c r="C2" t="s">
-        <v>79</v>
+        <v>641</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>642</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>643</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>644</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>645</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>647</v>
+      </c>
+      <c r="B2" t="s">
+        <v>648</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>649</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>650</v>
+      </c>
+      <c r="H2" t="s">
+        <v>651</v>
+      </c>
+      <c r="I2" t="s">
+        <v>652</v>
+      </c>
+      <c r="J2" t="s">
+        <v>653</v>
+      </c>
+      <c r="K2" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>656</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>657</v>
+      </c>
+      <c r="H3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I3" t="s">
+        <v>659</v>
+      </c>
+      <c r="J3" t="s">
+        <v>660</v>
+      </c>
+      <c r="K3" t="s">
+        <v>661</v>
+      </c>
+      <c r="L3" t="s">
+        <v>662</v>
+      </c>
+      <c r="M3" t="s">
+        <v>663</v>
+      </c>
+      <c r="N3" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>647</v>
+      </c>
+      <c r="B4" t="s">
+        <v>665</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>666</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>667</v>
+      </c>
+      <c r="H4" t="s">
+        <v>668</v>
+      </c>
+      <c r="I4" t="s">
+        <v>669</v>
+      </c>
+      <c r="J4" t="s">
+        <v>670</v>
+      </c>
+      <c r="K4" t="s">
+        <v>671</v>
+      </c>
+      <c r="L4" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B5" t="s">
+        <v>673</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>674</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>675</v>
+      </c>
+      <c r="H5" t="s">
+        <v>676</v>
+      </c>
+      <c r="I5" t="s">
+        <v>677</v>
+      </c>
+      <c r="J5" t="s">
+        <v>678</v>
+      </c>
+      <c r="K5" t="s">
+        <v>679</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>680</v>
+      </c>
+      <c r="B2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>683</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>684</v>
+      </c>
+      <c r="H2" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>680</v>
+      </c>
+      <c r="B3" t="s">
+        <v>686</v>
+      </c>
+      <c r="C3" t="s">
+        <v>687</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>688</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>689</v>
+      </c>
+      <c r="H3" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>680</v>
+      </c>
+      <c r="B4" t="s">
+        <v>691</v>
+      </c>
+      <c r="C4" t="s">
+        <v>692</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>693</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>694</v>
+      </c>
+      <c r="H4" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>680</v>
+      </c>
+      <c r="B5" t="s">
+        <v>696</v>
+      </c>
+      <c r="C5" t="s">
+        <v>697</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>693</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>698</v>
+      </c>
+      <c r="H5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>680</v>
+      </c>
+      <c r="B6" t="s">
+        <v>700</v>
+      </c>
+      <c r="C6" t="s">
+        <v>701</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>693</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>702</v>
+      </c>
+      <c r="H6" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>680</v>
+      </c>
+      <c r="B7" t="s">
+        <v>419</v>
+      </c>
+      <c r="C7" t="s">
+        <v>704</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>693</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>705</v>
+      </c>
+      <c r="H7" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>680</v>
+      </c>
+      <c r="B8" t="s">
+        <v>707</v>
+      </c>
+      <c r="C8" t="s">
+        <v>708</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>693</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>709</v>
+      </c>
+      <c r="H8" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>680</v>
+      </c>
+      <c r="B9" t="s">
+        <v>711</v>
+      </c>
+      <c r="C9" t="s">
+        <v>712</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>693</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>713</v>
+      </c>
+      <c r="H9" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>680</v>
+      </c>
+      <c r="B10" t="s">
+        <v>715</v>
+      </c>
+      <c r="C10" t="s">
+        <v>716</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>717</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>718</v>
+      </c>
+      <c r="H10" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>680</v>
+      </c>
+      <c r="B11" t="s">
+        <v>720</v>
+      </c>
+      <c r="C11" t="s">
+        <v>721</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>722</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>723</v>
+      </c>
+      <c r="H11" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>680</v>
+      </c>
+      <c r="B12" t="s">
+        <v>725</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>726</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>727</v>
+      </c>
+      <c r="H12" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>680</v>
+      </c>
+      <c r="B13" t="s">
+        <v>729</v>
+      </c>
+      <c r="C13" t="s">
+        <v>730</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>731</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>732</v>
+      </c>
+      <c r="H13" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>680</v>
+      </c>
+      <c r="B14" t="s">
+        <v>734</v>
+      </c>
+      <c r="C14" t="s">
+        <v>735</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>736</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>737</v>
+      </c>
+      <c r="H14" t="s">
+        <v>738</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H52"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H3" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>120</v>
+      </c>
+      <c r="H4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>125</v>
+      </c>
+      <c r="H5" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H6" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>106</v>
+      </c>
+      <c r="B7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C7" t="s">
+        <v>133</v>
+      </c>
+      <c r="D7" t="s">
+        <v>134</v>
+      </c>
+      <c r="E7" t="s">
+        <v>135</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>136</v>
+      </c>
+      <c r="H7" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>106</v>
+      </c>
+      <c r="B8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" t="s">
+        <v>139</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>141</v>
+      </c>
+      <c r="H8" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>106</v>
+      </c>
+      <c r="B9" t="s">
+        <v>143</v>
+      </c>
+      <c r="C9" t="s">
+        <v>144</v>
+      </c>
+      <c r="D9" t="s">
+        <v>145</v>
+      </c>
+      <c r="E9" t="s">
+        <v>146</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>147</v>
+      </c>
+      <c r="H9" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>106</v>
+      </c>
+      <c r="B10" t="s">
+        <v>149</v>
+      </c>
+      <c r="C10" t="s">
+        <v>150</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>151</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>152</v>
+      </c>
+      <c r="H10" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B11" t="s">
+        <v>154</v>
+      </c>
+      <c r="C11" t="s">
+        <v>155</v>
+      </c>
+      <c r="D11" t="s">
+        <v>156</v>
+      </c>
+      <c r="E11" t="s">
+        <v>157</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>158</v>
+      </c>
+      <c r="H11" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C12" t="s">
+        <v>161</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>157</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>162</v>
+      </c>
+      <c r="H12" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>164</v>
+      </c>
+      <c r="C13" t="s">
+        <v>165</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>166</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>167</v>
+      </c>
+      <c r="H13" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>169</v>
+      </c>
+      <c r="C14" t="s">
+        <v>170</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>171</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>172</v>
+      </c>
+      <c r="H14" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>176</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>177</v>
+      </c>
+      <c r="H15" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>179</v>
+      </c>
+      <c r="C16" t="s">
+        <v>180</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>176</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>181</v>
+      </c>
+      <c r="H16" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>183</v>
+      </c>
+      <c r="C17" t="s">
+        <v>184</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>185</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>186</v>
+      </c>
+      <c r="H17" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B18" t="s">
+        <v>188</v>
+      </c>
+      <c r="C18" t="s">
+        <v>189</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>190</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>191</v>
+      </c>
+      <c r="H18" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" t="s">
+        <v>193</v>
+      </c>
+      <c r="C19" t="s">
+        <v>194</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>195</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>196</v>
+      </c>
+      <c r="H19" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>106</v>
+      </c>
+      <c r="B20" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" t="s">
+        <v>199</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>200</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>201</v>
+      </c>
+      <c r="H20" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" t="s">
+        <v>203</v>
+      </c>
+      <c r="C21" t="s">
+        <v>204</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>205</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>206</v>
+      </c>
+      <c r="H21" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>106</v>
+      </c>
+      <c r="B22" t="s">
+        <v>208</v>
+      </c>
+      <c r="C22" t="s">
+        <v>209</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>210</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>211</v>
+      </c>
+      <c r="H22" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>106</v>
+      </c>
+      <c r="B23" t="s">
+        <v>213</v>
+      </c>
+      <c r="C23" t="s">
+        <v>214</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>215</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>216</v>
+      </c>
+      <c r="H23" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>218</v>
+      </c>
+      <c r="C24" t="s">
+        <v>219</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>220</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>221</v>
+      </c>
+      <c r="H24" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
+        <v>223</v>
+      </c>
+      <c r="C25" t="s">
+        <v>224</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>225</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>226</v>
+      </c>
+      <c r="H25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>228</v>
+      </c>
+      <c r="C26" t="s">
+        <v>229</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>230</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>231</v>
+      </c>
+      <c r="H26" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" t="s">
+        <v>233</v>
+      </c>
+      <c r="C27" t="s">
+        <v>234</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>230</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>235</v>
+      </c>
+      <c r="H27" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" t="s">
+        <v>237</v>
+      </c>
+      <c r="C28" t="s">
+        <v>238</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>239</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>240</v>
+      </c>
+      <c r="H28" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>106</v>
+      </c>
+      <c r="B29" t="s">
+        <v>242</v>
+      </c>
+      <c r="C29" t="s">
+        <v>243</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>244</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>245</v>
+      </c>
+      <c r="H29" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>106</v>
+      </c>
+      <c r="B30" t="s">
+        <v>247</v>
+      </c>
+      <c r="C30" t="s">
+        <v>248</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>249</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>250</v>
+      </c>
+      <c r="H30" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" t="s">
+        <v>252</v>
+      </c>
+      <c r="C31" t="s">
+        <v>253</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>249</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>254</v>
+      </c>
+      <c r="H31" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>106</v>
+      </c>
+      <c r="B32" t="s">
+        <v>256</v>
+      </c>
+      <c r="C32" t="s">
+        <v>257</v>
+      </c>
+      <c r="D32" t="s">
+        <v>258</v>
+      </c>
+      <c r="E32" t="s">
+        <v>259</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>260</v>
+      </c>
+      <c r="H32" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>106</v>
+      </c>
+      <c r="B33" t="s">
+        <v>262</v>
+      </c>
+      <c r="C33" t="s">
+        <v>263</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>264</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>265</v>
+      </c>
+      <c r="H33" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" t="s">
+        <v>267</v>
+      </c>
+      <c r="C34" t="s">
+        <v>268</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>264</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>269</v>
+      </c>
+      <c r="H34" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" t="s">
+        <v>271</v>
+      </c>
+      <c r="C35" t="s">
+        <v>272</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>273</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>274</v>
+      </c>
+      <c r="H35" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" t="s">
+        <v>276</v>
+      </c>
+      <c r="C36" t="s">
+        <v>277</v>
+      </c>
+      <c r="D36" t="s">
+        <v>278</v>
+      </c>
+      <c r="E36" t="s">
+        <v>279</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>280</v>
+      </c>
+      <c r="H36" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>106</v>
+      </c>
+      <c r="B37" t="s">
+        <v>282</v>
+      </c>
+      <c r="C37" t="s">
+        <v>283</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>284</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>285</v>
+      </c>
+      <c r="H37" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" t="s">
+        <v>287</v>
+      </c>
+      <c r="C38" t="s">
+        <v>288</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>289</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>290</v>
+      </c>
+      <c r="H38" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>106</v>
+      </c>
+      <c r="B39" t="s">
+        <v>292</v>
+      </c>
+      <c r="C39" t="s">
+        <v>293</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>294</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>295</v>
+      </c>
+      <c r="H39" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B40" t="s">
+        <v>297</v>
+      </c>
+      <c r="C40" t="s">
+        <v>298</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>299</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>300</v>
+      </c>
+      <c r="H40" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>106</v>
+      </c>
+      <c r="B41" t="s">
+        <v>302</v>
+      </c>
+      <c r="C41" t="s">
+        <v>303</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>304</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>305</v>
+      </c>
+      <c r="H41" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" t="s">
+        <v>307</v>
+      </c>
+      <c r="C42" t="s">
+        <v>308</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>309</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>310</v>
+      </c>
+      <c r="H42" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>106</v>
+      </c>
+      <c r="B43" t="s">
+        <v>312</v>
+      </c>
+      <c r="C43" t="s">
+        <v>313</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>314</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>315</v>
+      </c>
+      <c r="H43" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>106</v>
+      </c>
+      <c r="B44" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>318</v>
+      </c>
+      <c r="E44" t="s">
+        <v>319</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>320</v>
+      </c>
+      <c r="H44" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>106</v>
+      </c>
+      <c r="B45" t="s">
+        <v>322</v>
+      </c>
+      <c r="C45" t="s">
+        <v>323</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>324</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>325</v>
+      </c>
+      <c r="H45" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>106</v>
+      </c>
+      <c r="B46" t="s">
+        <v>327</v>
+      </c>
+      <c r="C46" t="s">
+        <v>328</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>329</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>330</v>
+      </c>
+      <c r="H46" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>106</v>
+      </c>
+      <c r="B47" t="s">
+        <v>332</v>
+      </c>
+      <c r="C47" t="s">
+        <v>333</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>334</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>335</v>
+      </c>
+      <c r="H47" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" t="s">
+        <v>337</v>
+      </c>
+      <c r="C48" t="s">
+        <v>338</v>
+      </c>
+      <c r="D48" t="s">
+        <v>339</v>
+      </c>
+      <c r="E48" t="s">
+        <v>340</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>341</v>
+      </c>
+      <c r="H48" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" t="s">
+        <v>343</v>
+      </c>
+      <c r="C49" t="s">
+        <v>344</v>
+      </c>
+      <c r="D49" t="s">
+        <v>345</v>
+      </c>
+      <c r="E49" t="s">
+        <v>346</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>347</v>
+      </c>
+      <c r="H49" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" t="s">
+        <v>349</v>
+      </c>
+      <c r="C50" t="s">
+        <v>350</v>
+      </c>
+      <c r="D50" t="s">
+        <v>351</v>
+      </c>
+      <c r="E50" t="s">
+        <v>352</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>353</v>
+      </c>
+      <c r="H50" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>355</v>
+      </c>
+      <c r="C51" t="s">
+        <v>356</v>
+      </c>
+      <c r="D51" t="s">
+        <v>351</v>
+      </c>
+      <c r="E51" t="s">
+        <v>357</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>358</v>
+      </c>
+      <c r="H51" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
+        <v>360</v>
+      </c>
+      <c r="C52" t="s">
+        <v>361</v>
+      </c>
+      <c r="D52" t="s">
+        <v>351</v>
+      </c>
+      <c r="E52" t="s">
+        <v>362</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>363</v>
+      </c>
+      <c r="H52" t="s">
+        <v>364</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D2" t="s">
+        <v>368</v>
+      </c>
+      <c r="E2" t="s">
+        <v>369</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>370</v>
+      </c>
+      <c r="H2" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C3" t="s">
+        <v>373</v>
+      </c>
+      <c r="D3" t="s">
+        <v>374</v>
+      </c>
+      <c r="E3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>376</v>
+      </c>
+      <c r="H3" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B4" t="s">
+        <v>378</v>
+      </c>
+      <c r="C4" t="s">
+        <v>379</v>
+      </c>
+      <c r="D4" t="s">
+        <v>380</v>
+      </c>
+      <c r="E4" t="s">
+        <v>381</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>382</v>
+      </c>
+      <c r="H4" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B5" t="s">
+        <v>384</v>
+      </c>
+      <c r="C5" t="s">
+        <v>385</v>
+      </c>
+      <c r="D5" t="s">
+        <v>386</v>
+      </c>
+      <c r="E5" t="s">
+        <v>387</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>388</v>
+      </c>
+      <c r="H5" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>365</v>
+      </c>
+      <c r="B6" t="s">
+        <v>390</v>
+      </c>
+      <c r="C6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E6" t="s">
+        <v>392</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>393</v>
+      </c>
+      <c r="H6" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>365</v>
+      </c>
+      <c r="B7" t="s">
+        <v>395</v>
+      </c>
+      <c r="C7" t="s">
+        <v>396</v>
+      </c>
+      <c r="D7" t="s">
+        <v>397</v>
+      </c>
+      <c r="E7" t="s">
+        <v>398</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>399</v>
+      </c>
+      <c r="H7" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>365</v>
+      </c>
+      <c r="B8" t="s">
+        <v>401</v>
+      </c>
+      <c r="C8" t="s">
+        <v>402</v>
+      </c>
+      <c r="D8" t="s">
+        <v>403</v>
+      </c>
+      <c r="E8" t="s">
+        <v>404</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>405</v>
+      </c>
+      <c r="H8" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>365</v>
+      </c>
+      <c r="B9" t="s">
+        <v>407</v>
+      </c>
+      <c r="C9" t="s">
+        <v>408</v>
+      </c>
+      <c r="D9" t="s">
+        <v>409</v>
+      </c>
+      <c r="E9" t="s">
+        <v>410</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>411</v>
+      </c>
+      <c r="H9" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>365</v>
+      </c>
+      <c r="B10" t="s">
+        <v>413</v>
+      </c>
+      <c r="C10" t="s">
+        <v>414</v>
+      </c>
+      <c r="D10" t="s">
+        <v>415</v>
+      </c>
+      <c r="E10" t="s">
+        <v>416</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>417</v>
+      </c>
+      <c r="H10" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>365</v>
+      </c>
+      <c r="B11" t="s">
+        <v>419</v>
+      </c>
+      <c r="C11" t="s">
+        <v>420</v>
+      </c>
+      <c r="D11" t="s">
+        <v>421</v>
+      </c>
+      <c r="E11" t="s">
+        <v>422</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>423</v>
+      </c>
+      <c r="H11" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>365</v>
+      </c>
+      <c r="B12" t="s">
+        <v>425</v>
+      </c>
+      <c r="C12" t="s">
+        <v>426</v>
+      </c>
+      <c r="D12" t="s">
+        <v>421</v>
+      </c>
+      <c r="E12" t="s">
+        <v>422</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>427</v>
+      </c>
+      <c r="H12" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>365</v>
+      </c>
+      <c r="B13" t="s">
+        <v>429</v>
+      </c>
+      <c r="C13" t="s">
+        <v>430</v>
+      </c>
+      <c r="D13" t="s">
+        <v>421</v>
+      </c>
+      <c r="E13" t="s">
+        <v>431</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>432</v>
+      </c>
+      <c r="H13" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>365</v>
+      </c>
+      <c r="B14" t="s">
+        <v>434</v>
+      </c>
+      <c r="C14" t="s">
+        <v>435</v>
+      </c>
+      <c r="D14" t="s">
+        <v>421</v>
+      </c>
+      <c r="E14" t="s">
+        <v>431</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>436</v>
+      </c>
+      <c r="H14" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>365</v>
+      </c>
+      <c r="B15" t="s">
+        <v>438</v>
+      </c>
+      <c r="C15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D15" t="s">
+        <v>421</v>
+      </c>
+      <c r="E15" t="s">
+        <v>422</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>439</v>
+      </c>
+      <c r="H15" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>365</v>
+      </c>
+      <c r="B16" t="s">
+        <v>441</v>
+      </c>
+      <c r="C16" t="s">
+        <v>442</v>
+      </c>
+      <c r="D16" t="s">
+        <v>421</v>
+      </c>
+      <c r="E16" t="s">
+        <v>431</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>443</v>
+      </c>
+      <c r="H16" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>365</v>
+      </c>
+      <c r="B17" t="s">
+        <v>445</v>
+      </c>
+      <c r="C17" t="s">
+        <v>446</v>
+      </c>
+      <c r="D17" t="s">
+        <v>421</v>
+      </c>
+      <c r="E17" t="s">
+        <v>431</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>447</v>
+      </c>
+      <c r="H17" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>365</v>
+      </c>
+      <c r="B18" t="s">
+        <v>449</v>
+      </c>
+      <c r="C18" t="s">
+        <v>450</v>
+      </c>
+      <c r="D18" t="s">
+        <v>421</v>
+      </c>
+      <c r="E18" t="s">
+        <v>422</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>451</v>
+      </c>
+      <c r="H18" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>365</v>
+      </c>
+      <c r="B19" t="s">
+        <v>453</v>
+      </c>
+      <c r="C19" t="s">
+        <v>435</v>
+      </c>
+      <c r="D19" t="s">
+        <v>421</v>
+      </c>
+      <c r="E19" t="s">
+        <v>422</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>454</v>
+      </c>
+      <c r="H19" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>365</v>
+      </c>
+      <c r="B20" t="s">
+        <v>456</v>
+      </c>
+      <c r="C20" t="s">
+        <v>430</v>
+      </c>
+      <c r="D20" t="s">
+        <v>421</v>
+      </c>
+      <c r="E20" t="s">
+        <v>431</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>457</v>
+      </c>
+      <c r="H20" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>365</v>
+      </c>
+      <c r="B21" t="s">
+        <v>459</v>
+      </c>
+      <c r="C21" t="s">
+        <v>430</v>
+      </c>
+      <c r="D21" t="s">
+        <v>421</v>
+      </c>
+      <c r="E21" t="s">
+        <v>431</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>460</v>
+      </c>
+      <c r="H21" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>365</v>
+      </c>
+      <c r="B22" t="s">
+        <v>462</v>
+      </c>
+      <c r="C22" t="s">
+        <v>463</v>
+      </c>
+      <c r="D22" t="s">
+        <v>464</v>
+      </c>
+      <c r="E22" t="s">
+        <v>465</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>466</v>
+      </c>
+      <c r="H22" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>365</v>
+      </c>
+      <c r="B23" t="s">
+        <v>468</v>
+      </c>
+      <c r="C23" t="s">
+        <v>469</v>
+      </c>
+      <c r="D23" t="s">
+        <v>470</v>
+      </c>
+      <c r="E23" t="s">
+        <v>471</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>472</v>
+      </c>
+      <c r="H23" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>365</v>
+      </c>
+      <c r="B24" t="s">
+        <v>474</v>
+      </c>
+      <c r="C24" t="s">
+        <v>475</v>
+      </c>
+      <c r="D24" t="s">
+        <v>476</v>
+      </c>
+      <c r="E24" t="s">
+        <v>477</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>478</v>
+      </c>
+      <c r="H24" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>365</v>
+      </c>
+      <c r="B25" t="s">
+        <v>480</v>
+      </c>
+      <c r="C25" t="s">
+        <v>481</v>
+      </c>
+      <c r="D25" t="s">
+        <v>482</v>
+      </c>
+      <c r="E25" t="s">
+        <v>483</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>484</v>
+      </c>
+      <c r="H25" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>365</v>
+      </c>
+      <c r="B26" t="s">
+        <v>486</v>
+      </c>
+      <c r="C26" t="s">
+        <v>487</v>
+      </c>
+      <c r="D26" t="s">
+        <v>488</v>
+      </c>
+      <c r="E26" t="s">
+        <v>489</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>490</v>
+      </c>
+      <c r="H26" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>365</v>
+      </c>
+      <c r="B27" t="s">
+        <v>492</v>
+      </c>
+      <c r="C27" t="s">
+        <v>493</v>
+      </c>
+      <c r="D27" t="s">
+        <v>494</v>
+      </c>
+      <c r="E27" t="s">
+        <v>495</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>496</v>
+      </c>
+      <c r="H27" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>365</v>
+      </c>
+      <c r="B28" t="s">
+        <v>498</v>
+      </c>
+      <c r="C28" t="s">
+        <v>499</v>
+      </c>
+      <c r="D28" t="s">
+        <v>500</v>
+      </c>
+      <c r="E28" t="s">
+        <v>501</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>502</v>
+      </c>
+      <c r="H28" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>365</v>
+      </c>
+      <c r="B29" t="s">
+        <v>504</v>
+      </c>
+      <c r="C29" t="s">
+        <v>505</v>
+      </c>
+      <c r="D29" t="s">
+        <v>506</v>
+      </c>
+      <c r="E29" t="s">
+        <v>507</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>508</v>
+      </c>
+      <c r="H29" t="s">
+        <v>509</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C2" t="s">
+        <v>512</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>513</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>514</v>
+      </c>
+      <c r="H2" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B3" t="s">
+        <v>516</v>
+      </c>
+      <c r="C3" t="s">
+        <v>517</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>519</v>
+      </c>
+      <c r="H3" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>510</v>
+      </c>
+      <c r="B4" t="s">
+        <v>521</v>
+      </c>
+      <c r="C4" t="s">
+        <v>522</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>523</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>524</v>
+      </c>
+      <c r="H4" t="s">
+        <v>525</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>526</v>
+      </c>
+      <c r="B2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C2" t="s">
+        <v>528</v>
+      </c>
+      <c r="D2" t="s">
+        <v>529</v>
+      </c>
+      <c r="E2" t="s">
+        <v>530</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>531</v>
+      </c>
+      <c r="H2" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>526</v>
+      </c>
+      <c r="B3" t="s">
+        <v>533</v>
+      </c>
+      <c r="C3" t="s">
+        <v>534</v>
+      </c>
+      <c r="D3" t="s">
+        <v>535</v>
+      </c>
+      <c r="E3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>537</v>
+      </c>
+      <c r="H3" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>526</v>
+      </c>
+      <c r="B4" t="s">
+        <v>539</v>
+      </c>
+      <c r="C4" t="s">
+        <v>540</v>
+      </c>
+      <c r="D4" t="s">
+        <v>541</v>
+      </c>
+      <c r="E4" t="s">
+        <v>542</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>543</v>
+      </c>
+      <c r="H4" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>526</v>
+      </c>
+      <c r="B5" t="s">
+        <v>545</v>
+      </c>
+      <c r="C5" t="s">
+        <v>546</v>
+      </c>
+      <c r="D5" t="s">
+        <v>547</v>
+      </c>
+      <c r="E5" t="s">
+        <v>548</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>549</v>
+      </c>
+      <c r="H5" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>526</v>
+      </c>
+      <c r="B6" t="s">
+        <v>551</v>
+      </c>
+      <c r="C6" t="s">
+        <v>552</v>
+      </c>
+      <c r="D6" t="s">
+        <v>553</v>
+      </c>
+      <c r="E6" t="s">
+        <v>554</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>555</v>
+      </c>
+      <c r="H6" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>526</v>
+      </c>
+      <c r="B7" t="s">
+        <v>557</v>
+      </c>
+      <c r="C7" t="s">
+        <v>558</v>
+      </c>
+      <c r="D7" t="s">
+        <v>559</v>
+      </c>
+      <c r="E7" t="s">
+        <v>560</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>561</v>
+      </c>
+      <c r="H7" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>526</v>
+      </c>
+      <c r="B8" t="s">
+        <v>563</v>
+      </c>
+      <c r="C8" t="s">
+        <v>564</v>
+      </c>
+      <c r="D8" t="s">
+        <v>565</v>
+      </c>
+      <c r="E8" t="s">
+        <v>566</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>567</v>
+      </c>
+      <c r="H8" t="s">
+        <v>568</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>570</v>
+      </c>
+      <c r="B2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>572</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>573</v>
+      </c>
+      <c r="H2" t="s">
+        <v>574</v>
+      </c>
+      <c r="I2" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>570</v>
+      </c>
+      <c r="B3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>578</v>
+      </c>
+      <c r="H3" t="s">
+        <v>579</v>
+      </c>
+      <c r="I3" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>570</v>
+      </c>
+      <c r="B4" t="s">
+        <v>580</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>581</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>582</v>
+      </c>
+      <c r="H4" t="s">
+        <v>583</v>
+      </c>
+      <c r="I4" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>570</v>
+      </c>
+      <c r="B5" t="s">
+        <v>584</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>585</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>586</v>
+      </c>
+      <c r="H5" t="s">
+        <v>587</v>
+      </c>
+      <c r="I5" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>570</v>
+      </c>
+      <c r="B6" t="s">
+        <v>588</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>589</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>590</v>
+      </c>
+      <c r="H6" t="s">
+        <v>591</v>
+      </c>
+      <c r="I6" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>570</v>
+      </c>
+      <c r="B7" t="s">
+        <v>592</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>593</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>594</v>
+      </c>
+      <c r="H7" t="s">
+        <v>595</v>
+      </c>
+      <c r="I7" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>570</v>
+      </c>
+      <c r="B8" t="s">
+        <v>596</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>597</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>598</v>
+      </c>
+      <c r="H8" t="s">
+        <v>599</v>
+      </c>
+      <c r="I8" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>570</v>
+      </c>
+      <c r="B9" t="s">
+        <v>600</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>601</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>602</v>
+      </c>
+      <c r="H9" t="s">
+        <v>603</v>
+      </c>
+      <c r="I9" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>570</v>
+      </c>
+      <c r="B10" t="s">
+        <v>604</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>605</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>606</v>
+      </c>
+      <c r="H10" t="s">
+        <v>607</v>
+      </c>
+      <c r="I10" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>570</v>
+      </c>
+      <c r="B11" t="s">
+        <v>608</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>609</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>610</v>
+      </c>
+      <c r="H11" t="s">
+        <v>611</v>
+      </c>
+      <c r="I11" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>570</v>
+      </c>
+      <c r="B12" t="s">
+        <v>612</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>613</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>614</v>
+      </c>
+      <c r="H12" t="s">
+        <v>615</v>
+      </c>
+      <c r="I12" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>570</v>
+      </c>
+      <c r="B13" t="s">
+        <v>616</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>617</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>618</v>
+      </c>
+      <c r="H13" t="s">
+        <v>619</v>
+      </c>
+      <c r="I13" t="s">
+        <v>575</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>620</v>
+      </c>
+      <c r="B2" t="s">
+        <v>621</v>
+      </c>
+      <c r="C2" t="s">
+        <v>622</v>
+      </c>
+      <c r="D2" t="s">
+        <v>623</v>
+      </c>
+      <c r="E2" t="s">
+        <v>624</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>625</v>
+      </c>
+      <c r="H2" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>620</v>
+      </c>
+      <c r="B3" t="s">
+        <v>627</v>
+      </c>
+      <c r="C3" t="s">
+        <v>628</v>
+      </c>
+      <c r="D3" t="s">
+        <v>629</v>
+      </c>
+      <c r="E3" t="s">
+        <v>630</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>631</v>
+      </c>
+      <c r="H3" t="s">
+        <v>632</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>633</v>
+      </c>
+      <c r="B2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C2" t="s">
+        <v>635</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>636</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>637</v>
+      </c>
+      <c r="H2" t="s">
+        <v>638</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>