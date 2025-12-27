--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -42,51 +42,51 @@
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1278" uniqueCount="724">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1294" uniqueCount="734">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -365,50 +365,95 @@
   <si>
     <t>c_2615057</t>
   </si>
   <si>
     <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
   </si>
   <si>
     <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
   </si>
   <si>
     <t>24/04/2013 00:00:00</t>
   </si>
   <si>
     <t>02/05/2013 16:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
   </si>
   <si>
     <t>c_1543129</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Sclérose Latérale Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
   </si>
   <si>
     <t>p_3689360</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
@@ -993,65 +1038,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie de Parkinson</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
   </si>
   <si>
     <t>21/09/2016 00:00:00</t>
   </si>
   <si>
     <t>04/10/2016 11:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_1242645</t>
   </si>
   <si>
     <t>ALD n°17 - Mucopolysaccharidose de type I</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
   </si>
@@ -2920,651 +2950,651 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="B2" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="C2" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="H2" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="B2" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="H2" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="I2" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="J2" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="K2" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="B3" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="H3" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="I3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="J3" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="K3" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="L3" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="M3" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="N3" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="B4" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="H4" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="I4" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="J4" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="K4" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="L4" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="B5" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="H5" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="I5" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="J5" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="K5" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B2" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="C2" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="H2" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B3" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="H3" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B4" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C4" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="H4" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B5" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="C5" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="H5" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B6" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="C6" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="H6" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="C7" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H7" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B8" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C8" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="H8" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B9" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="C9" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H9" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B10" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C10" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="H10" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B11" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="C11" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="H11" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B12" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="H12" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B13" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="C13" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="H13" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="B14" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="C14" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="H14" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3623,51 +3653,51 @@
       </c>
       <c r="D3" t="s">
         <v>102</v>
       </c>
       <c r="E3" t="s">
         <v>103</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>104</v>
       </c>
       <c r="H3" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3692,366 +3722,366 @@
       </c>
       <c r="E2" t="s">
         <v>109</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>110</v>
       </c>
       <c r="H2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>106</v>
       </c>
       <c r="B3" t="s">
         <v>112</v>
       </c>
       <c r="C3" t="s">
         <v>113</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>114</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>115</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>106</v>
       </c>
       <c r="B4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C4" t="s">
         <v>118</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>119</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>120</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>106</v>
       </c>
       <c r="B5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C5" t="s">
         <v>123</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>124</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>125</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>126</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>106</v>
       </c>
       <c r="B6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D6" t="s">
         <v>129</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>130</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>131</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>106</v>
       </c>
       <c r="B7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C7" t="s">
         <v>134</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>135</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>136</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>106</v>
       </c>
       <c r="B8" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" t="s">
+        <v>139</v>
+      </c>
+      <c r="D8" t="s">
         <v>140</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>142</v>
       </c>
       <c r="H8" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>106</v>
       </c>
       <c r="B9" t="s">
         <v>144</v>
       </c>
       <c r="C9" t="s">
         <v>145</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>146</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>147</v>
       </c>
       <c r="H9" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>106</v>
       </c>
       <c r="B10" t="s">
         <v>149</v>
       </c>
       <c r="C10" t="s">
         <v>150</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>151</v>
       </c>
       <c r="E10" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H10" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>106</v>
       </c>
       <c r="B11" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C11" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>157</v>
       </c>
       <c r="H11" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>106</v>
       </c>
       <c r="B12" t="s">
         <v>159</v>
       </c>
       <c r="C12" t="s">
         <v>160</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H12" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>106</v>
       </c>
       <c r="B13" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C13" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H13" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C14" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H14" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>176</v>
       </c>
       <c r="H15" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>106</v>
       </c>
       <c r="B16" t="s">
         <v>178</v>
       </c>
       <c r="C16" t="s">
         <v>179</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
@@ -4215,178 +4245,178 @@
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>211</v>
       </c>
       <c r="H22" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>106</v>
       </c>
       <c r="B23" t="s">
         <v>213</v>
       </c>
       <c r="C23" t="s">
         <v>214</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C24" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>106</v>
       </c>
       <c r="B25" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C25" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C26" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>230</v>
       </c>
       <c r="H26" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>106</v>
       </c>
       <c r="B27" t="s">
         <v>232</v>
       </c>
       <c r="C27" t="s">
         <v>233</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H27" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C28" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D28" t="s">
-        <v>238</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>239</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>240</v>
       </c>
       <c r="H28" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>106</v>
       </c>
       <c r="B29" t="s">
         <v>242</v>
       </c>
       <c r="C29" t="s">
         <v>243</v>
       </c>
       <c r="D29" t="s">
@@ -4420,155 +4450,155 @@
       </c>
       <c r="E30" t="s">
         <v>244</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>249</v>
       </c>
       <c r="H30" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>106</v>
       </c>
       <c r="B31" t="s">
         <v>251</v>
       </c>
       <c r="C31" t="s">
         <v>252</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>253</v>
       </c>
       <c r="E31" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H31" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>106</v>
       </c>
       <c r="B32" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C32" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D32" t="s">
-        <v>258</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
         <v>259</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
         <v>260</v>
       </c>
       <c r="H32" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>106</v>
       </c>
       <c r="B33" t="s">
         <v>262</v>
       </c>
       <c r="C33" t="s">
         <v>263</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
+        <v>259</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
         <v>264</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>106</v>
       </c>
       <c r="B34" t="s">
+        <v>266</v>
+      </c>
+      <c r="C34" t="s">
         <v>267</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
         <v>268</v>
       </c>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
         <v>269</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>106</v>
       </c>
       <c r="B35" t="s">
+        <v>271</v>
+      </c>
+      <c r="C35" t="s">
         <v>272</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>274</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
         <v>275</v>
       </c>
       <c r="H35" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>106</v>
       </c>
       <c r="B36" t="s">
         <v>277</v>
       </c>
       <c r="C36" t="s">
         <v>278</v>
       </c>
       <c r="D36" t="s">
@@ -4651,54 +4681,54 @@
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>294</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>295</v>
       </c>
       <c r="H39" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>106</v>
       </c>
       <c r="B40" t="s">
         <v>297</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>298</v>
       </c>
       <c r="D40" t="s">
-        <v>298</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
         <v>299</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>300</v>
       </c>
       <c r="H40" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>106</v>
       </c>
       <c r="B41" t="s">
         <v>302</v>
       </c>
       <c r="C41" t="s">
         <v>303</v>
       </c>
       <c r="D41" t="s">
@@ -4729,54 +4759,54 @@
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
         <v>309</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>310</v>
       </c>
       <c r="H42" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>106</v>
       </c>
       <c r="B43" t="s">
         <v>312</v>
       </c>
       <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E43" t="s">
         <v>314</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>315</v>
       </c>
       <c r="H43" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>106</v>
       </c>
       <c r="B44" t="s">
         <v>317</v>
       </c>
       <c r="C44" t="s">
         <v>318</v>
       </c>
       <c r="D44" t="s">
@@ -4784,1819 +4814,1871 @@
       </c>
       <c r="E44" t="s">
         <v>319</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>320</v>
       </c>
       <c r="H44" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>106</v>
       </c>
       <c r="B45" t="s">
         <v>322</v>
       </c>
       <c r="C45" t="s">
         <v>323</v>
       </c>
       <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
         <v>324</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
         <v>325</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>106</v>
       </c>
       <c r="B46" t="s">
+        <v>327</v>
+      </c>
+      <c r="C46" t="s">
         <v>328</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
         <v>329</v>
       </c>
-      <c r="D46" t="s">
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
         <v>330</v>
       </c>
-      <c r="E46" t="s">
+      <c r="H46" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>106</v>
       </c>
       <c r="B47" t="s">
+        <v>332</v>
+      </c>
+      <c r="C47" t="s">
+        <v>333</v>
+      </c>
+      <c r="D47" t="s">
         <v>334</v>
       </c>
-      <c r="C47" t="s">
+      <c r="E47" t="s">
         <v>335</v>
       </c>
-      <c r="D47" t="s">
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
         <v>336</v>
       </c>
-      <c r="E47" t="s">
+      <c r="H47" t="s">
         <v>337</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>106</v>
       </c>
       <c r="B48" t="s">
+        <v>338</v>
+      </c>
+      <c r="C48" t="s">
+        <v>339</v>
+      </c>
+      <c r="D48" t="s">
         <v>340</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>341</v>
       </c>
-      <c r="D48" t="s">
-[...2 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
         <v>342</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>106</v>
       </c>
       <c r="B49" t="s">
+        <v>344</v>
+      </c>
+      <c r="C49" t="s">
         <v>345</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E49" t="s">
         <v>347</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
         <v>348</v>
       </c>
       <c r="H49" t="s">
         <v>349</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" t="s">
+        <v>350</v>
+      </c>
+      <c r="C50" t="s">
+        <v>351</v>
+      </c>
+      <c r="D50" t="s">
+        <v>346</v>
+      </c>
+      <c r="E50" t="s">
+        <v>352</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>353</v>
+      </c>
+      <c r="H50" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" t="s">
+        <v>355</v>
+      </c>
+      <c r="C51" t="s">
+        <v>356</v>
+      </c>
+      <c r="D51" t="s">
+        <v>346</v>
+      </c>
+      <c r="E51" t="s">
+        <v>357</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>358</v>
+      </c>
+      <c r="H51" t="s">
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B2" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="C2" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="D2" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="E2" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="H2" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="C3" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="D3" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="E3" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="H3" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B4" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="C4" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="D4" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="E4" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="H4" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B5" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="C5" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="D5" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="E5" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="H5" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B6" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="C6" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="D6" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="E6" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="H6" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B7" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="C7" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="D7" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="E7" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="H7" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B8" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="C8" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="D8" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="E8" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="H8" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B9" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="C9" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="D9" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="E9" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="H9" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B10" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="C10" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="D10" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="E10" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="H10" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="C11" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="D11" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E11" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="H11" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B12" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="C12" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="D12" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E12" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
       <c r="H12" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B13" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="C13" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="D13" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E13" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="H13" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B14" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="C14" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D14" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E14" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="H14" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B15" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="C15" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D15" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E15" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="H15" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B16" t="s">
+        <v>436</v>
+      </c>
+      <c r="C16" t="s">
+        <v>437</v>
+      </c>
+      <c r="D16" t="s">
+        <v>416</v>
+      </c>
+      <c r="E16" t="s">
         <v>426</v>
       </c>
-      <c r="C16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="H16" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B17" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="C17" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
       <c r="D17" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E17" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="H17" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B18" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="C18" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="D18" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E18" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="H18" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B19" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="C19" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="D19" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E19" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="H19" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B20" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="C20" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="D20" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E20" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="H20" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B21" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="C21" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="D21" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E21" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="H21" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="C22" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="D22" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="E22" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="H22" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B23" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="C23" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="D23" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="E23" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="H23" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B24" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="C24" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="D24" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="E24" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="H24" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B25" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="C25" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="D25" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="E25" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="H25" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B26" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="C26" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="D26" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="H26" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B27" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="C27" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="D27" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="E27" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="H27" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B28" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="C28" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="D28" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="E28" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="H28" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="B29" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="C29" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="D29" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="E29" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="H29" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="B2" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="C2" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="H2" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="B3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="C3" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="H3" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="B4" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="C4" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="H4" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B2" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="C2" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="D2" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="H2" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B3" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="C3" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="D3" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="E3" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="H3" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B4" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="C4" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="D4" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="E4" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="H4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B5" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="C5" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="D5" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="E5" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="H5" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B6" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="C6" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="D6" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="E6" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="H6" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B7" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="C7" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
       <c r="D7" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="E7" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="H7" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="B8" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="C8" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="D8" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
       <c r="E8" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="H8" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B2" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="H2" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="I2" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B3" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="H3" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="I3" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B4" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="H4" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="I4" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B5" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>580</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>581</v>
+      </c>
+      <c r="H5" t="s">
+        <v>582</v>
+      </c>
+      <c r="I5" t="s">
         <v>570</v>
-      </c>
-[...10 lines deleted...]
-        <v>560</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B6" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="H6" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="I6" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B7" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="H7" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="I7" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B8" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="H8" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="I8" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B9" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="H9" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="I9" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B10" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="H10" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="I10" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B11" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="H11" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="I11" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B12" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="H12" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="I12" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="B13" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="H13" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="I13" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="B2" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="C2" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="D2" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="E2" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H2" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="B3" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="C3" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="D3" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="E3" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="H3" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="B2" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="C2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H2" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>