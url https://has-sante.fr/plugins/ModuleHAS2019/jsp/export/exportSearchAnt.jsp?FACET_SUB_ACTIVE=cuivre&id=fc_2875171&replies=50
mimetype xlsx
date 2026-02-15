--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,6684 +1,858 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1294" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/04/2012 00:00:00</t>
-[...386 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
-[...986 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>TThe aim was to assess the benefits of placing a provisional crown during the interval between tooth preparation and placement of the definitive crown. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for these provisional crowns in the case of restorations. Provisional crown placement is a long-standing routine practice in dental surgery</t>
+  </si>
+  <si>
+    <t>02/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation des prothèses externes de membre supérieur</t>
-[...269 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>30/04/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+  </si>
+  <si>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
-  </si>
-[...157 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J19"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
-[...30 lines deleted...]
-      <c r="H6" t="s">
         <v>40</v>
       </c>
-      <c r="I6" t="s">
-[...420 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J1" t="s">
+        <v>67</v>
+      </c>
+      <c r="K1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J2" t="s">
+        <v>75</v>
+      </c>
+      <c r="K2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>634</v>
+        <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>635</v>
+        <v>78</v>
       </c>
       <c r="C2" t="s">
-        <v>636</v>
+        <v>79</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>637</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>638</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>639</v>
-[...3667 lines deleted...]
-        <v>633</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>