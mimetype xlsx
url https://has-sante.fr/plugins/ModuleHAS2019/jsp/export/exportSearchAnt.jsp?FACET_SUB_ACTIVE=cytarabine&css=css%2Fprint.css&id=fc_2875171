--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,175 +1,697 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="355" uniqueCount="190">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/13/2017 11:12:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/04/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1216166</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
+  </si>
+  <si>
+    <t>Le gène de fusion BCR-ABL est présent dans l’ensemble des leucémies myéloïdes chroniques et dans certains cas de leucémies aiguës lymphoblastiques. Il est donc systématiquement recherché devant toute suspicion de ce type de leucémie.Ce gène est mis en évidence par cytogénétique (caryotype), cytogénétique moléculaire (FISH), ou par RT-PCR. Le transcrit de fusion BCR-ABL peut également être quantifié par une PCR quantitative (RT-QPCR). La HAS s’est autosaisie afin d’évaluer la pertinence de la recherche ou quantification des transcrits de ce gène par RT-PCR.</t>
+  </si>
+  <si>
+    <t>08/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2024</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3517111</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 12 octobre 2023</t>
+  </si>
+  <si>
+    <t>14/12/2023 15:49:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479151/fr/pv-du-college-deliberatif-du-12-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3479151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 22 mai 2018</t>
+  </si>
+  <si>
+    <t>29/05/2018 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851684/fr/ceesp-reunion-du-22-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2851684</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>30/03/2018 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839614/fr/college-deliberatif-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>17/11/2017 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806182/fr/college-deliberatif-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2806182</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0380/DC/SEM du 12 octobre 2023 collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité OLUTASIDENIB PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité OLUTASIDENIB PHARMA BLUE dans l'indication « traitement des patients adultes atteints d’une leucémie aiguë myéloïde (LAM) en rechute ou réfractaire avec une mutation sensible de l’isocitrate déshydrogénase 1 (IDH1 ».</t>
+  </si>
+  <si>
+    <t>12/10/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>18/10/2023 14:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468420/fr/decision-n2023-0380/dc/sem-du-12-octobre-2023-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-olutasidenib-pharma-blue</t>
+  </si>
+  <si>
+    <t>p_3468420</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0015/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité MYLOTARG (Gemtuzumab ozogamicin)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité MYLOTARG (Gemtuzumab ozogamicin), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # # − « Adolescents à partir de 15 ans (jusqu’à l’âge de 18 ans) atteints de leucémie myéloïde aiguë précédemment non traitée, de novo, CD33-positive, à l’exception de la leucémie aiguë promyélocytaire# − Adultes et adolescents âgés de 15 et plus atteints de leucémie myéloïde aiguë précédemment non traitée, de novo, CD33-positive, ayant une cytogénétique défavorable ou n’ayant pas de mutation FLT3-ITD +, à l’exception de la leucémie aiguë promyélocytaire. »# # # Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# # Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>04/04/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849116/fr/avis-n-2018-0015/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-mylotarg-gemtuzumab-ozogamicin</t>
+  </si>
+  <si>
+    <t>c_2849116</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0096/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité RYDAPT (midostaurine), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont :# « Les patients adultes atteints de la mastocytose systémique agressive (MSA), de la mastocytose systémique associée à une hémopathie maligne non mastocytaire (MS-AHM) ou de la leucémie à mastocytes (LM) et nouvellement diagnostiqués.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>30/11/2017 16:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808757/fr/avis-n2017-0096/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>c_2808757</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0063/AC/SEM du 21 juin 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité BESPONSA (inotozumab ozogamicin)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité BESPONSA (inotozumab ozogamicin), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « traitement de la leucémie aiguë lymphoblastique (LAL) à précurseur B, CD22+, chez l’adulte en rechute ou réfractaire et inéligible à une allogreffe de cellules souches. » Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786147/fr/avis-n-2017-0063/ac/sem-du-21-juin-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-besponsa-inotozumab-ozogamicin</t>
+  </si>
+  <si>
+    <t>c_2786147</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CYTARABINE ACCORD (cytarabine)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983732/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2983732</t>
+  </si>
+  <si>
+    <t>cytarabine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701800/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745876/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105000/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>VYXEOS (daunorubicine/ cytarabine)</t>
+  </si>
+  <si>
+    <t>25/03/2019 08:52:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982831/fr/vyxeos-daunorubicine/-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2982831</t>
+  </si>
+  <si>
+    <t>daunorubicine,cytarabine</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910492/fr/vyxeos-daunorubicine/-cytarabine</t>
+  </si>
+  <si>
+    <t>ARACYTINE (cytarabine)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984258/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2984258</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400850/fr/aracytine-100-mg-poudre-et-solvant-pour-solution-injectableflacon-de-poudre-10-ml-ampoule-de-solvant-de-5-ml-302-672-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1020508/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588389/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>DEPOCYTE (cytarabine)</t>
+  </si>
+  <si>
+    <t>02/06/2004 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985901/fr/depocyte-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2985901</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400003/fr/depocyte-cytarabine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -183,69 +705,1220 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-        <v>21</v>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+      <c r="I2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+      <c r="I3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>63</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I5" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B6" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H6" t="s">
+        <v>84</v>
+      </c>
+      <c r="I6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>85</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>87</v>
+      </c>
+      <c r="H7" t="s">
+        <v>88</v>
+      </c>
+      <c r="I7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>91</v>
+      </c>
+      <c r="H8" t="s">
+        <v>92</v>
+      </c>
+      <c r="I8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>94</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>95</v>
+      </c>
+      <c r="H9" t="s">
+        <v>96</v>
+      </c>
+      <c r="I9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>98</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>99</v>
+      </c>
+      <c r="H10" t="s">
+        <v>100</v>
+      </c>
+      <c r="I10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>102</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>103</v>
+      </c>
+      <c r="H11" t="s">
+        <v>104</v>
+      </c>
+      <c r="I11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>107</v>
+      </c>
+      <c r="H12" t="s">
+        <v>108</v>
+      </c>
+      <c r="I12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H13" t="s">
+        <v>112</v>
+      </c>
+      <c r="I13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>114</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>115</v>
+      </c>
+      <c r="H14" t="s">
+        <v>116</v>
+      </c>
+      <c r="I14" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>122</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>124</v>
+      </c>
+      <c r="I16" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D3" t="s">
+        <v>134</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>125</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>145</v>
+      </c>
+      <c r="D5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E5" t="s">
+        <v>147</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>148</v>
+      </c>
+      <c r="H5" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>125</v>
+      </c>
+      <c r="B6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C6" t="s">
+        <v>151</v>
+      </c>
+      <c r="D6" t="s">
+        <v>152</v>
+      </c>
+      <c r="E6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>154</v>
+      </c>
+      <c r="H6" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J1" t="s">
+        <v>157</v>
+      </c>
+      <c r="K1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+      <c r="I2" t="s">
+        <v>164</v>
+      </c>
+      <c r="J2" t="s">
+        <v>165</v>
+      </c>
+      <c r="K2" t="s">
+        <v>166</v>
+      </c>
+      <c r="L2" t="s">
+        <v>167</v>
+      </c>
+      <c r="M2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I3" t="s">
+        <v>173</v>
+      </c>
+      <c r="J3" t="s">
+        <v>174</v>
+      </c>
+      <c r="K3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>177</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>178</v>
+      </c>
+      <c r="H4" t="s">
+        <v>179</v>
+      </c>
+      <c r="I4" t="s">
+        <v>164</v>
+      </c>
+      <c r="J4" t="s">
+        <v>180</v>
+      </c>
+      <c r="K4" t="s">
+        <v>181</v>
+      </c>
+      <c r="L4" t="s">
+        <v>182</v>
+      </c>
+      <c r="M4" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B5" t="s">
+        <v>184</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H5" t="s">
+        <v>187</v>
+      </c>
+      <c r="I5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J5" t="s">
+        <v>188</v>
+      </c>
+      <c r="K5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>