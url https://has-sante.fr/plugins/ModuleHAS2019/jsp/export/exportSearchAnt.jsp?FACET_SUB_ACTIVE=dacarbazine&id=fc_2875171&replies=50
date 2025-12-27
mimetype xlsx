--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1,326 +1,1837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="182">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OPTUNE</t>
+  </si>
+  <si>
+    <t>En association avec le témozolomide pour le traitement d’entretien, après chirurgie et radiochimiothérapie des patients adultes atteints d’un glioblastome nouvellement diagnostiqué. L’instauration d’un traitement par OPTUNE relève d’une décision partagée entre le patient et l’équipe médicale assurant son suivi.</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2021 08:52:54</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287266/fr/optune</t>
+  </si>
+  <si>
+    <t>p_3287266</t>
+  </si>
+  <si>
+    <t>Générateur de champ électrique antimitotique</t>
+  </si>
+  <si>
+    <t>NOVOCURE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2020</t>
+  </si>
+  <si>
+    <t>15/01/2020 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146299/fr/commission-de-la-transparence-reunion-du-22-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3146299</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2019</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121566/fr/commission-de-la-transparence-reunion-du-4-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3121566</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 mai 2017</t>
+  </si>
+  <si>
+    <t>26/04/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757710/fr/commission-de-la-transparence-reunion-du-3-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2757710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 novembre 2016</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746109/fr/ceesp-reunion-du-8-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2746109</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 22 mars 2016</t>
+  </si>
+  <si>
+    <t>17/10/2016 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678011/fr/ceesp-reunion-du-22-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2678011</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>04/11/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2014</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748274/fr/commission-de-la-transparence-reunion-du-25-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1748274</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2017.0095/AC/SEM du 22 novembre 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LUTATHERA ([177Lu]-DOTA0-Tyr3-octréotate)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité LUTATHERA ([177Lu]-DOTA0-Tyr3-octréotate), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont : « Traitement de première ligne des tumeurs neuroendocrines bien différenciées de l’intestin moyen (jéjunum, iléon, appendice et partie ascendante du côlon) au stade métastatique ou inopérable, surexprimant des récepteurs de la somatostatine et dont l’indice de prolifération Ki67 est inférieur ou égal à 20 %. Tumeurs neuroendocrines gastriques et pancréatiques quel que soit la ligne de traitement.»# Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>22/11/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 09:01:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808709/fr/avis-n2017-0095/ac/sem-du-22-novembre-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-lutathera-177lu-dota0-tyr3-octreotate</t>
+  </si>
+  <si>
+    <t>c_2808709</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique"</t>
+  </si>
+  <si>
+    <t>16/03/2016 16:52:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751763/fr/avis-n-2016-0027/ac/seesp-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751763</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0096/DC/SEM/SEESP du 18 mai 2016 du collège de la Haute Autorité de santé adoptant la recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>07/07/2016 11:55:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641055/fr/decision-n2016-0096/dc/sem/seesp-du-18-mai-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-intitulee-prise-en-charge-du-melanome-par-les-nouvelles-immunotherapies-anti-pd1-opdivo-et-keytruda</t>
+  </si>
+  <si>
+    <t>c_2641055</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0102/AC/SEM du 18 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité COTELLIC (cobimetinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications non définies dans l’ATU de cohorte mais incluses dans le libellé d’indication validé par le CHMP sont : - traitement en 1ère ligne des patients adultes, atteints d’un mélanome non resécable (stade III) ou métastatique (stade IV) porteurs d’une mutation BRAF V600, ayant un indice ECOG ≥ 2. - traitement à partir de la 2ème ligne des patients adultes, atteints d’un mélanome non resécable (stade III) ou métastatique (stade IV) porteurs d’une mutation BRAF V600. Dans ces indications, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>18/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>14/12/2015 14:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580606/fr/avis-n-2015-0102/ac/sem-du-18-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-cotellic-cobimetinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2580606</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0062 et 00.75/AC/SEM des 1er et 22 juillet 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KEYTRUDA (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications validées par le CHMP mais non comprises dans les indications définies dans l’ATU de cohorte de KEYTRUDA (pembrolizumab) sont les patients atteints d’un mélanome non resécable ou métastatique avec mutation BRAF (BRAF+) en première ligne de traitement. Dans ces indications, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>22/07/2015 17:45:00</t>
+  </si>
+  <si>
+    <t>29/07/2015 15:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049754/fr/avis-n-2015-0062-et-00-75/ac/sem-des-1er-et-22-juillet-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-keytruda-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2049754</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>DACARBAZINE MEDAC (dacarbazine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983019/en/dacarbazine-medac-dacarbazine</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983019/fr/dacarbazine-medac-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983019</t>
   </si>
   <si>
     <t>dacarbazine</t>
   </si>
   <si>
     <t>MEDAC SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399887/en/dacarbazine-faulding-dacarbazine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2885124/en/dacarbazine-medac-dacarbazine</t>
+    <t>https://www.has-sante.fr/jcms/c_399887/fr/dacarbazine-faulding-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774129/fr/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769372/fr/dacarbazine-lipomed-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769375/fr/dacarbazine-medac-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862065/fr/dacarbazine-lipomed-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885124/fr/dacarbazine-medac-dacarbazine</t>
   </si>
   <si>
     <t>DETICENE (dacarbazine)</t>
   </si>
   <si>
-    <t>07/19/2017 08:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983611/en/deticene-dacarbazine</t>
+    <t>19/07/2017 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983611/fr/deticene-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983611</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769393/en/deticene-melanome</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769390/en/deticene-dacarbazine-alkylating-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2769393/fr/deticene-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769390/fr/deticene-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>20</v>
       </c>
-      <c r="M2" t="s">
+      <c r="B2" t="s">
         <v>21</v>
       </c>
-      <c r="N2" t="s">
+      <c r="C2" t="s">
         <v>22</v>
       </c>
-      <c r="O2" t="s">
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>23</v>
       </c>
-      <c r="P2" t="s">
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
         <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" t="s">
+        <v>63</v>
+      </c>
+      <c r="I7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+      <c r="I11" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+      <c r="I12" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13" t="s">
+        <v>87</v>
+      </c>
+      <c r="I13" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>90</v>
+      </c>
+      <c r="H14" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+      <c r="I15" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
+      </c>
+      <c r="I16" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17" t="s">
+        <v>103</v>
+      </c>
+      <c r="I17" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>106</v>
+      </c>
+      <c r="H18" t="s">
+        <v>107</v>
+      </c>
+      <c r="I18" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D3" t="s">
+        <v>116</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>124</v>
+      </c>
+      <c r="H4" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E5" t="s">
+        <v>129</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>130</v>
+      </c>
+      <c r="H5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>135</v>
+      </c>
+      <c r="H6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>108</v>
+      </c>
+      <c r="B7" t="s">
+        <v>137</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>138</v>
+      </c>
+      <c r="E7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>108</v>
+      </c>
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E8" t="s">
+        <v>145</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>146</v>
+      </c>
+      <c r="H8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>108</v>
+      </c>
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>149</v>
+      </c>
+      <c r="D9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E9" t="s">
+        <v>151</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>152</v>
+      </c>
+      <c r="H9" t="s">
+        <v>153</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>154</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I2" t="s">
+        <v>161</v>
+      </c>
+      <c r="J2" t="s">
+        <v>162</v>
+      </c>
+      <c r="K2" t="s">
+        <v>163</v>
+      </c>
+      <c r="L2" t="s">
+        <v>164</v>
+      </c>
+      <c r="M2" t="s">
+        <v>165</v>
+      </c>
+      <c r="N2" t="s">
+        <v>166</v>
+      </c>
+      <c r="O2" t="s">
+        <v>167</v>
+      </c>
+      <c r="P2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I3" t="s">
+        <v>161</v>
       </c>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>173</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>174</v>
       </c>
       <c r="L3" t="s">
-        <v>31</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>