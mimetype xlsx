--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -126,65 +126,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/06/2022 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
   </si>
   <si>
     <t>p_3346174</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>ALD n° 2 - Aplasies médullaires</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
   </si>
   <si>
     <t>11/02/2009 00:00:00</t>
   </si>
   <si>
     <t>23/04/2009 16:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
   </si>
   <si>
     <t>c_778579</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
   </si>
@@ -362,51 +347,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -535,491 +520,465 @@
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>39</v>
-[...6 lines deleted...]
-      <c r="B8" t="s">
         <v>40</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
         <v>46</v>
-      </c>
-[...19 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
         <v>53</v>
-      </c>
-[...22 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+      <c r="I3" t="s">
         <v>53</v>
-      </c>
-[...22 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I4" t="s">
         <v>53</v>
-      </c>
-[...22 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I5" t="s">
         <v>53</v>
-      </c>
-[...22 lines deleted...]
-        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>71</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H3" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="J1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="K1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
         <v>87</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>88</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>89</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>90</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>