--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -111,65 +111,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
   </si>
   <si>
     <t>p_3389734</t>
   </si>
   <si>
     <t>Fibroses pulmonaires génétiques de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/06/2022 10:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
   </si>
   <si>
     <t>p_3346174</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2772874</t>
   </si>
   <si>
     <t>ALD n° 2 - Aplasies médullaires</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
   </si>
   <si>
     <t>11/02/2009 00:00:00</t>
   </si>
   <si>
     <t>23/04/2009 16:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
   </si>
   <si>
     <t>c_778579</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
   </si>
@@ -347,51 +332,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -494,491 +479,465 @@
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      <c r="B7" t="s">
         <v>35</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
         <v>41</v>
-      </c>
-[...19 lines deleted...]
-        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
         <v>48</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
         <v>48</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
         <v>48</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I5" t="s">
         <v>48</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>66</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>67</v>
-      </c>
-[...16 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+      <c r="I2" t="s">
         <v>82</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>83</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>84</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>85</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>