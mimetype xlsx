--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,154 +1,397 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Fibroses pulmonaires génétiques de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fibrose pulmonaire d’origine génétique et de ses apparentés. Il a été élaboré par le Centre de référence constitutif des maladies pulmonaire rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/06/2022 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346174/fr/fibroses-pulmonaires-genetiques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3346174</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 30 novembre 2023</t>
+  </si>
+  <si>
+    <t>15/02/2024 12:14:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495454/fr/college-deliberatif-du-30-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3495454</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 30 novembre 2023</t>
+  </si>
+  <si>
+    <t>06/02/2024 09:56:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493234/fr/pv-du-college-deliberatif-du-30-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3493234</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juin 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972186/fr/commission-de-la-transparence-reunion-du-5-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2972186</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0451/DC/SEM du 30 novembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité OMJJARA (momelotinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité OMJJARA (momelotinib) dans l'indication « traitement de la splénomégalie ou des symptômes liés à la maladie, chez les patients adultes présentant une anémie modérée à sévère et atteints de myélofibrose primitive, de myélofibrose secondaire à une polyglobulie de Vaquez ou une thrombocytémie essentielle, en échec ou intolérants aux autres inhibiteurs de Janus kinase (JAK) ».</t>
+  </si>
+  <si>
+    <t>30/11/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 09:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478260/fr/decision-n2023-0451/dc/sem-du-30-novembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-omjjara-momelotinib</t>
+  </si>
+  <si>
+    <t>p_3478260</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0059/AC/SEM du 19 décembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAKHZYRO (lanadelumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité TAKHZYRO (lanadelumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# « La prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type I, II et III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont efficaces ou disponibles. »# « La prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont inefficaces ou indisponibles. »# Dans l’indication « prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type I, II et III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont efficaces ou disponibles », la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.# Dans l’indication « prévention de routine des crises récurrentes d’angio-oedème héréditaire (AOH) de type III, chez les patients âgés de 12 ans et plus, lorsque les traitements indiqués dans la prévention de routine sont inefficaces ou indisponibles », la Haute Autorité de santé n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>19/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/12/2018 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896512/fr/avis-n-2018-0059/ac/sem-du-19-decembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>c_2896512</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DANATROL (danazol)</t>
+  </si>
+  <si>
+    <t>09/07/2019 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984806/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>pprd_2984806</t>
+  </si>
+  <si>
+    <t>danazol</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739470/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730038/fr/danatrol-danazol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067162/fr/danatrol-danazol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +405,580 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+      <c r="I3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" t="s">
+        <v>75</v>
+      </c>
+      <c r="E3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>79</v>
+      </c>
+      <c r="J1" t="s">
+        <v>80</v>
+      </c>
+      <c r="K1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
+        <v>87</v>
+      </c>
+      <c r="J2" t="s">
+        <v>88</v>
+      </c>
+      <c r="K2" t="s">
+        <v>89</v>
+      </c>
+      <c r="L2" t="s">
+        <v>90</v>
+      </c>
+      <c r="M2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>