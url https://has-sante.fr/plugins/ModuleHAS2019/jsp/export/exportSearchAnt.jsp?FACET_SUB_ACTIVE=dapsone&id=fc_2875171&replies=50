--- v0 (2025-11-03)
+++ v1 (2026-02-16)
@@ -21,88 +21,106 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Pemphigoïde de la grossesse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>24/06/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
   </si>
   <si>
     <t>c_2636262</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
@@ -206,93 +224,63 @@
   <si>
     <t>06/09/2021 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
   </si>
   <si>
     <t>p_3278590</t>
   </si>
   <si>
     <t>Pemphigoïde bulleuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
   </si>
   <si>
     <t>c_2636201</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>
   <si>
     <t>c_2800207</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2772874</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
   </si>
   <si>
     <t>06/06/2016 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
   </si>
   <si>
     <t>c_2636206</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
   </si>
   <si>
     <t>c_2636268</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
   </si>
@@ -506,935 +494,909 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>73</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>77</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>80</v>
       </c>
-      <c r="C16" t="s">
-[...11 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>83</v>
       </c>
-      <c r="C17" t="s">
-[...11 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
         <v>86</v>
       </c>
-      <c r="C18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>87</v>
       </c>
       <c r="H18" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>89</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>90</v>
       </c>
-      <c r="E19" t="s">
-[...5 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>86</v>
+      </c>
+      <c r="E20" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>93</v>
       </c>
-      <c r="C20" t="s">
-[...11 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>94</v>
-      </c>
-[...27 lines deleted...]
-        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E2" t="s">
         <v>99</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>100</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D3" t="s">
+        <v>104</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>106</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E2" t="s">
         <v>112</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>113</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>114</v>
-      </c>
-[...13 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>119</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>120</v>
-      </c>
-[...13 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E2" t="s">
         <v>125</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>126</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>127</v>
-      </c>
-[...13 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="J1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="K1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
         <v>135</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>136</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>137</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>138</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>139</v>
       </c>
-      <c r="I2" t="s">
+      <c r="M2" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>