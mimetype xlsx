--- v0 (2025-10-18)
+++ v1 (2025-10-19)
@@ -1,292 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>29/11/2021 15:10:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...124 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067145/fr/daptomycine-medac-daptomycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -300,344 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...273 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>