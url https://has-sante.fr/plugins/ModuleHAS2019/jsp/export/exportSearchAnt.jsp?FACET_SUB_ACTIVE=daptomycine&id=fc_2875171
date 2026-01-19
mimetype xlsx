--- v1 (2025-10-19)
+++ v2 (2026-01-19)
@@ -1,157 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2008</t>
+  </si>
+  <si>
+    <t>14/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_660965/fr/commission-de-la-transparence-reunion-du-14-mai-2008</t>
+  </si>
+  <si>
+    <t>c_660965</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CUBICIN (daptomycine)</t>
+  </si>
+  <si>
+    <t>20/05/2020 19:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983851/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>pprd_2983851</t>
+  </si>
+  <si>
+    <t>daptomycine</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458661/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672950/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722808/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185837/fr/cubicin-daptomycine</t>
+  </si>
+  <si>
+    <t>DAPTOMYCINE (daptomycine)</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983429/fr/daptomycine-daptomycine</t>
+  </si>
+  <si>
+    <t>pprd_2983429</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / MEDAC SAS/ PFIZER PFE France/ REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788612/fr/daptomycine-hospira-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806283/fr/daptomycine-accord-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821334/fr/daptomycine-reddy-daptomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067145/fr/daptomycine-medac-daptomycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +279,278 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J1" t="s">
+        <v>30</v>
+      </c>
+      <c r="K1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
+        <v>38</v>
+      </c>
+      <c r="K2" t="s">
+        <v>39</v>
+      </c>
+      <c r="L2" t="s">
+        <v>40</v>
+      </c>
+      <c r="M2" t="s">
+        <v>41</v>
+      </c>
+      <c r="N2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>47</v>
+      </c>
+      <c r="K3" t="s">
+        <v>48</v>
+      </c>
+      <c r="L3" t="s">
+        <v>49</v>
+      </c>
+      <c r="M3" t="s">
+        <v>50</v>
+      </c>
+      <c r="N3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>