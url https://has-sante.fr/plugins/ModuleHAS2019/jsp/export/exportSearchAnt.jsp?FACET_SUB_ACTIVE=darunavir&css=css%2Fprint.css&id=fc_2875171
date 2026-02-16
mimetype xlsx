--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,409 +1,1303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="127">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2015</t>
+  </si>
+  <si>
+    <t>30/09/2015 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558901/fr/commission-de-la-transparence-reunion-du-7-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2558901</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2013</t>
+  </si>
+  <si>
+    <t>20/03/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367180/fr/commission-de-la-transparence-reunion-du-20-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1367180</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+    <t>12/09/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
   </si>
   <si>
     <t>pprd_2983010</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2863577/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/fr/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-association-d-antiviraux</t>
   </si>
   <si>
     <t>PREZISTA (darunavir (éthanolate de))</t>
   </si>
   <si>
-    <t>10/09/2018 09:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983092/en/prezista-darunavir-ethanolate-de</t>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983092/fr/prezista-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>pprd_2983092</t>
   </si>
   <si>
     <t>darunavir (éthanolate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813801/en/prezista-600-mg-darunavir-ethanolate-de</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2876133/en/prezista-darunavir-ethanolate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_813801/fr/prezista-600-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574601/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900460/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172428/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813329/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813802/fr/prezista-300-mg-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352584/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525564/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747988/fr/prezista-darunavir-inhibiteur-de-protease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621282/fr/prezista-darunavir-ethanolate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876133/fr/prezista-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>REZOLSTA (cobicistat/ darunavir (éthanolate de))</t>
   </si>
   <si>
-    <t>04/06/2016 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984224/en/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
+    <t>06/04/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984224/fr/rezolsta-cobicistat/-darunavir-ethanolate-de</t>
   </si>
   <si>
     <t>pprd_2984224</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607076/en/rezolsta-darunavir/cobicistat-antiretroviral</t>
+    <t>https://www.has-sante.fr/jcms/c_2607076/fr/rezolsta-darunavir/cobicistat-antiretroviral</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:U4"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
-[...38 lines deleted...]
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>37</v>
       </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
         <v>40</v>
       </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
+        <v>56</v>
+      </c>
+      <c r="I6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>58</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7" t="s">
+        <v>60</v>
+      </c>
+      <c r="I7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+      <c r="I9" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+      <c r="I10" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>83</v>
+      </c>
+      <c r="H13" t="s">
+        <v>84</v>
+      </c>
+      <c r="I13" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>86</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>87</v>
+      </c>
+      <c r="H14" t="s">
+        <v>88</v>
+      </c>
+      <c r="I14" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>91</v>
+      </c>
+      <c r="H15" t="s">
+        <v>92</v>
+      </c>
+      <c r="I15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:U4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J1" t="s">
+        <v>94</v>
+      </c>
+      <c r="K1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>99</v>
+      </c>
+      <c r="H2" t="s">
+        <v>100</v>
+      </c>
+      <c r="I2" t="s">
+        <v>101</v>
+      </c>
+      <c r="J2" t="s">
+        <v>102</v>
+      </c>
+      <c r="K2" t="s">
+        <v>103</v>
+      </c>
+      <c r="L2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I3" t="s">
+        <v>109</v>
+      </c>
+      <c r="J3" t="s">
+        <v>102</v>
+      </c>
+      <c r="K3" t="s">
+        <v>110</v>
+      </c>
+      <c r="L3" t="s">
+        <v>111</v>
+      </c>
+      <c r="M3" t="s">
+        <v>112</v>
+      </c>
+      <c r="N3" t="s">
+        <v>113</v>
+      </c>
+      <c r="O3" t="s">
+        <v>114</v>
+      </c>
+      <c r="P3" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>116</v>
+      </c>
+      <c r="R3" t="s">
+        <v>117</v>
+      </c>
+      <c r="S3" t="s">
+        <v>118</v>
+      </c>
+      <c r="T3" t="s">
+        <v>119</v>
+      </c>
+      <c r="U3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>122</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" t="s">
+        <v>124</v>
+      </c>
       <c r="I4" t="s">
-        <v>41</v>
+        <v>125</v>
       </c>
       <c r="J4" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>