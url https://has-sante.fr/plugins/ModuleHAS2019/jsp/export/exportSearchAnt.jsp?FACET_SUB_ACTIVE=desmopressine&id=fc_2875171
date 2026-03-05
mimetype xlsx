--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,237 +1,1981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="214">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
+  </si>
+  <si>
+    <t>02/07/2025 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3634391</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2017</t>
+  </si>
+  <si>
+    <t>12/07/2017 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780783/fr/commission-de-la-transparence-reunion-du-19-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2780783</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0048/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité VEYVONDI (vonicog alfa)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité VEYVONDI (vonicog alfa), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : # « adultes (âgés de 18 ans et plus) atteints de la maladie de von Willebrand (MvW), lorsque le traitement par la desmopressine (DDAVP) seule est inefficace ou n'est pas indiqué pour :# - le traitement des saignements d’origine chirurgicale - la prévention des saignements d’origine chirurgicale ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886507/fr/avis-n-2018-0048/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>c_2886507</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>NOCDURNA (desmopressine (acétate de) trihydraté)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983553/en/nocdurna-desmopressine-acetate-de-trihydrate</t>
+    <t>02/08/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983553/fr/nocdurna-desmopressine-acetate-de-trihydrate</t>
   </si>
   <si>
     <t>pprd_2983553</t>
   </si>
   <si>
     <t>desmopressine (acétate de) trihydraté</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788597/en/nocdurna-desmopressin-vasopressin-analogue</t>
+    <t>https://www.has-sante.fr/jcms/c_2788597/fr/nocdurna-desmopressine-analogue-de-la-vasopressine</t>
+  </si>
+  <si>
+    <t>OCTIM - MINIRIN - MINIRIN SPRAY - MINIRINMELT (desmopressine (acetate de))</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983997/fr/octim-minirin-minirin-spray-minirinmelt-desmopressine-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983997</t>
+  </si>
+  <si>
+    <t>desmopressine (acetate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398999/fr/minirin-desmopressine-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400010/fr/minirin-0-1-mg-comprime-boite-de-15-boite-de-30-boite-de-60-et-boite-de-90-minirin-0-2-mg-comprime-boite-de-15-boite-de-30-boite-de-60-et-boite-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400324/fr/minirin-0-1-mg-comprime-boite-de-15-boite-de-30-boite-de-60-boite-de-90-minirin-0-2-mg-comprime-boite-de-15-boite-de-30-boite-de-60-boite-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400797/fr/minirin-0-1-mg-comprime-b/15-b/30-b/60-b/90-minirin-0-2-mg-comprime-b/15-b/30-b/60-b/90-desmopressine-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658660/fr/minirin-minirinmelt-octim-desmopressine-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400798/fr/minirinmelt-60-microgrammes-lyophilisat-oral-b/30-cip-369-310-4-b/100-cip-369-311-0-minirinmelt-120-microgrammes-lyophilisat-oral-b/30-cip-369-313-3-b/100-cip-369-315-6-minirinmelt-240-microgrammes-lyophilisat-oral-b/30-cip-369-317-9-b/100-cip-369-318-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456415/fr/octim-desmopressine-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866786/fr/octim-minirin-minirin-spray-minirinmelt-desmopressine-acetate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>67</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>68</v>
+      </c>
+      <c r="H13" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>73</v>
+      </c>
+      <c r="H14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>98</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>99</v>
+      </c>
+      <c r="H19" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>30</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H20" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" t="s">
+        <v>106</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>108</v>
+      </c>
+      <c r="H21" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>110</v>
+      </c>
+      <c r="C22" t="s">
+        <v>111</v>
+      </c>
+      <c r="D22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" t="s">
+        <v>113</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>114</v>
+      </c>
+      <c r="H22" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" t="s">
+        <v>117</v>
+      </c>
+      <c r="D23" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" t="s">
+        <v>119</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>120</v>
+      </c>
+      <c r="H23" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>125</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D3" t="s">
+        <v>125</v>
+      </c>
+      <c r="E3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>132</v>
+      </c>
+      <c r="H3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D4" t="s">
+        <v>136</v>
+      </c>
+      <c r="E4" t="s">
+        <v>137</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>138</v>
+      </c>
+      <c r="H4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>144</v>
+      </c>
+      <c r="H5" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C6" t="s">
+        <v>147</v>
+      </c>
+      <c r="D6" t="s">
+        <v>148</v>
+      </c>
+      <c r="E6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>150</v>
+      </c>
+      <c r="H6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>156</v>
+      </c>
+      <c r="H2" t="s">
+        <v>157</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>158</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>160</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>161</v>
+      </c>
+      <c r="H3" t="s">
+        <v>162</v>
+      </c>
+      <c r="I3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>164</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>165</v>
+      </c>
+      <c r="H4" t="s">
+        <v>166</v>
+      </c>
+      <c r="I4" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B5" t="s">
+        <v>167</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>169</v>
+      </c>
+      <c r="H5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I5" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>172</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>173</v>
+      </c>
+      <c r="H6" t="s">
+        <v>174</v>
+      </c>
+      <c r="I6" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B7" t="s">
+        <v>175</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>177</v>
+      </c>
+      <c r="H7" t="s">
+        <v>178</v>
+      </c>
+      <c r="I7" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B8" t="s">
+        <v>179</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>180</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>181</v>
+      </c>
+      <c r="H8" t="s">
+        <v>182</v>
+      </c>
+      <c r="I8" t="s">
+        <v>158</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>190</v>
+      </c>
+      <c r="J1" t="s">
+        <v>191</v>
+      </c>
+      <c r="K1" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H2" t="s">
+        <v>197</v>
+      </c>
+      <c r="I2" t="s">
+        <v>198</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>199</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>200</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>203</v>
+      </c>
+      <c r="H3" t="s">
+        <v>204</v>
+      </c>
+      <c r="I3" t="s">
+        <v>205</v>
+      </c>
+      <c r="J3" t="s">
+        <v>199</v>
+      </c>
+      <c r="K3" t="s">
+        <v>206</v>
+      </c>
+      <c r="L3" t="s">
+        <v>207</v>
+      </c>
+      <c r="M3" t="s">
+        <v>208</v>
+      </c>
+      <c r="N3" t="s">
+        <v>209</v>
+      </c>
+      <c r="O3" t="s">
+        <v>210</v>
+      </c>
+      <c r="P3" t="s">
+        <v>211</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>212</v>
+      </c>
+      <c r="R3" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>