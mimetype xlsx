--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -1,218 +1,404 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les actes de vitrification ovocytaire et embryonnaire comparés notamment à la technique de congélation lente, afin de statuer sur la pertinence de leur inscription dans la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 avril 2012</t>
+  </si>
+  <si>
+    <t>11/04/2012 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1239215</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mars 2012</t>
+  </si>
+  <si>
+    <t>28/03/2012 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1236063/fr/commission-de-la-transparence-reunion-du-28-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1236063</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
+  </si>
+  <si>
+    <t>19/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1016582</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 juin 2010</t>
+  </si>
+  <si>
+    <t>30/06/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962972/fr/commission-de-la-transparence-reunion-du-30-juin-2010</t>
+  </si>
+  <si>
+    <t>c_962972</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FERRISAT (complexe d'hydroxyde ferrique et de dextran)</t>
   </si>
   <si>
-    <t>06/08/2012 18:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985022/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>08/06/2012 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985022/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
   <si>
     <t>pprd_2985022</t>
   </si>
   <si>
     <t>complexe d'hydroxyde ferrique et de dextran</t>
   </si>
   <si>
     <t>Laboratoire PHARMACOSMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_619547/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1251944/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>https://www.has-sante.fr/jcms/c_619547/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025866/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251944/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>DEXTRARINE PHENYLBUTAZONE (phenylbutazone/ sulfate de dextran)</t>
+  </si>
+  <si>
+    <t>27/04/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985179/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+  </si>
+  <si>
+    <t>pprd_2985179</t>
+  </si>
+  <si>
+    <t>phenylbutazone,sulfate de dextran</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400859/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054877/fr/dextrarine-phenylbutazone-phenylbutazone/-sulfate-de-dextran</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -239,191 +425,625 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>42</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>48</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>49</v>
+      </c>
+      <c r="H4" t="s">
+        <v>50</v>
+      </c>
+      <c r="I4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+      <c r="I6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7" t="s">
+        <v>62</v>
+      </c>
+      <c r="I7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>65</v>
+      </c>
+      <c r="H8" t="s">
+        <v>66</v>
+      </c>
+      <c r="I8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>69</v>
+      </c>
+      <c r="H9" t="s">
+        <v>70</v>
+      </c>
+      <c r="I9" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10" t="s">
+        <v>74</v>
+      </c>
+      <c r="I10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>75</v>
+      </c>
+      <c r="J1" t="s">
+        <v>76</v>
+      </c>
+      <c r="K1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+      <c r="I2" t="s">
+        <v>83</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="L2" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="M2" t="s">
-        <v>35</v>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J3" t="s">
+        <v>93</v>
+      </c>
+      <c r="K3" t="s">
+        <v>94</v>
+      </c>
+      <c r="L3" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>