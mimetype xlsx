--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -9,95 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>