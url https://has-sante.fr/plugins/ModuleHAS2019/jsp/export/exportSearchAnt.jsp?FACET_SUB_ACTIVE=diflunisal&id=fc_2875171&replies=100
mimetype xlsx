--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -9,413 +9,243 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/07/2022 12:33:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_240391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...94 lines deleted...]
-        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>