--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -9,243 +9,413 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/01/2000 16:50:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>