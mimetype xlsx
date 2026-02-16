--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,207 +1,2107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="226">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Prise en charge des troubles du rythme ou de la conduction lors des cardiopathies congénitales complexes, chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant une arythmie supraventriculaire ou ventriculaire dans le contexte d’une CC complexe (CCC), et parmi elles, plus spécifiquement. Il a été élaboré par le Centre de référence des maladies rythmiques héréditaires et de prévention de la mort subite et le Centre de référence pour les malformations cardiaques congénitales complexes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298101/fr/prise-en-charge-des-troubles-du-rythme-ou-de-la-conduction-lors-des-cardiopathies-congenitales-complexes-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3298101</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des personnes âgées faisant des chutes répétées</t>
+  </si>
+  <si>
+    <t>Fournir aux professionnels de santé une démarche clinique d'évaluation et de prise en charge des personnes âgées faisant des chutes répétées applicable à la pratique quotidienne.</t>
+  </si>
+  <si>
+    <t>01/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793371/fr/evaluation-et-prise-en-charge-des-personnes-agees-faisant-des-chutes-repetees</t>
+  </si>
+  <si>
+    <t>c_793371</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux de ventilation auto-asservie, et prestations associées, pour la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes</t>
+  </si>
+  <si>
+    <t>Après la révision des catégories homogènes des dispositifs médicaux de pression positive continue pour prise en charge de l’apnée obstructive du sommeil, la Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) s’est prononcée sur l’intérêt des dispositifs médicaux de ventilation auto-asservie dans la prise en charge du syndrome des apnées centrales du sommeil et de la respiration de Cheyne-Stokes. La liste des produits et prestations remboursables (LPPR) ne prévoit pas le remboursement de ces dispositifs.</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036941/fr/evaluation-des-dispositifs-medicaux-de-ventilation-auto-asservie-et-prestations-associees-pour-la-prise-en-charge-du-syndrome-des-apnees-centrales-du-sommeil-et-de-la-respiration-de-cheyne-stokes</t>
+  </si>
+  <si>
+    <t>c_2036941</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0060/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * Le syndrome de Marfan, maladie systémique du tissu conjonctif dont les manifestations, notamment cardiovasculaires peuvent être graves, * L’absence de spécialité de même principe actif, de même dosage et de même forme pharmaceutique et remboursable à ce jour chez ces patients en attente de chirurgie, * Le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients, le Collège de la HAS considère que la spécialité HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des enfants avec syndrome de Marfan et justifiant d’un traitement par bétabloquant » si le prescripteur estime qu’elle est indispensable pour le traitement de ces patients.</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620171/fr/decision-n2016-0060/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-hemangiol-3-75-mg/ml-solution-buvable-propranolol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2620171</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Avis de la HAS concernant l’évaluation du risque de chutes chez le sujet âgé autonome et sa prévention</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’article L.161-39 du Code de la sécurité sociale, la Haute Autorité de santé (HAS) a été saisie par la Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS) par un courrier en date du 3 juillet 2012 afin qu’elle rende un avis sur le score de risque de chute proposé par le Centre technique d'appui et de formation des Centres d'examens de santé (Cetaf) et son intégration dans l’actualisation du référentiel de pratiques des Centres d’examens de santé (CES).</t>
+  </si>
+  <si>
+    <t>27/03/2013 15:05:00</t>
+  </si>
+  <si>
+    <t>26/04/2013 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525705/fr/avis-de-la-has-concernant-l-evaluation-du-risque-de-chutes-chez-le-sujet-age-autonome-et-sa-prevention</t>
+  </si>
+  <si>
+    <t>c_1525705</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ce guide vise à aider les établissements pour concevoir le programme d'amélioration de la qualité et de la sécurité des soins, en assurer la mise en œuvre et le suivi. Il est conçu sur la base de constats et d’orientations pragmatiques : volonté de convergence méthodologique des divers dispositifs existants, vision systémique de la démarche structurée selon trois fonctions étroitement liées (pilotage, coordination, mise en œuvre opérationnelle), proposition d’outils rapidement maîtrisables, si possible d’inspiration clinique, utilisables pour la prise de décision dans chacune de ces fonctions.</t>
+  </si>
+  <si>
+    <t>12/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239410/fr/mettre-en-oeuvre-la-gestion-des-risques-associes-aux-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_1239410</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DIGOXINE - HEMIGOXINE (digoxine)</t>
+  </si>
+  <si>
+    <t>16/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985201/fr/digoxine-hemigoxine-digoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985201</t>
+  </si>
+  <si>
+    <t>digoxine</t>
+  </si>
+  <si>
+    <t>Laboratoire TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036266/fr/digoxine-hemigoxine-digoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400715/fr/hemigoxine-nativelle-0-125-mg-comprime-boite-de-30-cip-334-890-4</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>68</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E15" t="s">
+        <v>81</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>82</v>
+      </c>
+      <c r="H15" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D3" t="s">
+        <v>99</v>
+      </c>
+      <c r="E3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>101</v>
+      </c>
+      <c r="H3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D4" t="s">
+        <v>105</v>
+      </c>
+      <c r="E4" t="s">
+        <v>106</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>107</v>
+      </c>
+      <c r="H4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E5" t="s">
+        <v>112</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>113</v>
+      </c>
+      <c r="H5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" t="s">
+        <v>116</v>
+      </c>
+      <c r="D6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>119</v>
+      </c>
+      <c r="H6" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D7" t="s">
+        <v>123</v>
+      </c>
+      <c r="E7" t="s">
+        <v>124</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" t="s">
+        <v>129</v>
+      </c>
+      <c r="E8" t="s">
+        <v>130</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>131</v>
+      </c>
+      <c r="H8" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>135</v>
+      </c>
+      <c r="D2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" t="s">
+        <v>141</v>
+      </c>
+      <c r="D3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>147</v>
+      </c>
+      <c r="E4" t="s">
+        <v>148</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>149</v>
+      </c>
+      <c r="H4" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" t="s">
+        <v>151</v>
+      </c>
+      <c r="C5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E5" t="s">
+        <v>154</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>161</v>
+      </c>
+      <c r="H2" t="s">
+        <v>162</v>
+      </c>
+      <c r="I2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>166</v>
+      </c>
+      <c r="H3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C4" t="s">
+        <v>169</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>171</v>
+      </c>
+      <c r="H4" t="s">
+        <v>172</v>
+      </c>
+      <c r="I4" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D2" t="s">
+        <v>176</v>
+      </c>
+      <c r="E2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>178</v>
+      </c>
+      <c r="H2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C3" t="s">
+        <v>181</v>
+      </c>
+      <c r="D3" t="s">
+        <v>182</v>
+      </c>
+      <c r="E3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>184</v>
+      </c>
+      <c r="H3" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C4" t="s">
+        <v>187</v>
+      </c>
+      <c r="D4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E4" t="s">
+        <v>189</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>190</v>
+      </c>
+      <c r="H4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>195</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H2" t="s">
+        <v>197</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>198</v>
+      </c>
+      <c r="J1" t="s">
+        <v>199</v>
+      </c>
+      <c r="K1" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>204</v>
+      </c>
+      <c r="H2" t="s">
+        <v>205</v>
+      </c>
+      <c r="I2" t="s">
+        <v>206</v>
+      </c>
+      <c r="J2" t="s">
+        <v>207</v>
+      </c>
+      <c r="K2" t="s">
+        <v>208</v>
+      </c>
+      <c r="L2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>214</v>
+      </c>
+      <c r="H2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C3" t="s">
+        <v>217</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>219</v>
+      </c>
+      <c r="H3" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>223</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>224</v>
+      </c>
+      <c r="H4" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>