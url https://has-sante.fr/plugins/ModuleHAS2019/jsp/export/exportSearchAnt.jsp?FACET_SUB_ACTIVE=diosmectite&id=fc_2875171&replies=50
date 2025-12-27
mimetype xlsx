--- v0 (2025-11-05)
+++ v1 (2025-12-27)
@@ -1,255 +1,666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2008</t>
+  </si>
+  <si>
+    <t>02/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644154/fr/commission-de-la-transparence-reunion-du-2-avril-2008</t>
+  </si>
+  <si>
+    <t>c_644154</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SMECTA (diosmectite)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983371/en/smecta-diosmectite</t>
+    <t>30/09/2019 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983371/fr/smecta-diosmectite</t>
   </si>
   <si>
     <t>pprd_2983371</t>
   </si>
   <si>
     <t>diosmectite</t>
   </si>
   <si>
     <t>IPSEN CONSUMER HEALTHCARE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_663707/en/smecta-diosmectite</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3106173/en/smecta-diosmectite</t>
+    <t>https://www.has-sante.fr/jcms/c_663707/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646606/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830391/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106173/fr/smecta-diosmectite</t>
+  </si>
+  <si>
+    <t>DIOSMECTITE MYLAN (diosmectite)</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984531/fr/diosmectite-mylan-diosmectite</t>
+  </si>
+  <si>
+    <t>pprd_2984531</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035707/fr/diosmectite-mylan-diosmectite</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+      <c r="J1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3" t="s">
+        <v>56</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" t="s">
+        <v>57</v>
+      </c>
+      <c r="K3" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>