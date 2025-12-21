--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,170 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="90">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/30/2006 09:45:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DIOSMINE (diosmine)</t>
+  </si>
+  <si>
+    <t>29/11/2006 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985484/fr/diosmine-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985484</t>
+  </si>
+  <si>
+    <t>diosmine</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES/ TEVA CLASSICS/ ZYDUS/ RPG AVENTIS/ RATIOPHARM/ QUALIMED/ IVAX SAS/ INNOTHERA IND/ GNR/ G.GAM/ EG LABO/ BIOGARAN/  MERCK GENERIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399267/fr/diosmine-arrow-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399546/fr/diosmine-merck-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399828/fr/diosmine-ratiopharm-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399888/fr/diosmine-ivax-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399991/fr/diosmine-ivax-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400446/fr/disomine-biogaran-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400447/fr/diosmine-eg-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400448/fr/diosmine-g-gam-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400449/fr/diosmine-gnr-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400450/fr/diosmine-innothera-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400451/fr/diosmine-ivax-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400452/fr/diosmine-qualimed-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400454/fr/diosmine-ratiopharm-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400455/fr/diosmine-rpg-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400458/fr/diosmine-zydus-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400445/fr/diosmine-arrow-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400457/fr/diosmine-teva-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459990/fr/diosmine-teva-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468638/fr/diosmine-arrow-diosmine</t>
+  </si>
+  <si>
+    <t>ENDIUM (diosmine)</t>
+  </si>
+  <si>
+    <t>19/07/2006 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985567/fr/endium-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985567</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400466/fr/endium-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443461/fr/endium-diosmine</t>
+  </si>
+  <si>
+    <t>DIO (diosmine)</t>
+  </si>
+  <si>
+    <t>05/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985672/fr/dio-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985672</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400443/fr/dio-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400650/fr/dio-diosmine</t>
+  </si>
+  <si>
+    <t>VENIRENE (diosmine)</t>
+  </si>
+  <si>
+    <t>11/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985690/fr/venirene-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985690</t>
+  </si>
+  <si>
+    <t>IREX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400600/fr/venirene-diosmine</t>
+  </si>
+  <si>
+    <t>FLEBOSMIL Gé (diosmine hémisynthétique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985767/fr/flebosmil-ge-diosmine-hemisynthetique</t>
+  </si>
+  <si>
+    <t>pprd_2985767</t>
+  </si>
+  <si>
+    <t>diosmine hémisynthétique</t>
+  </si>
+  <si>
+    <t>SOCOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400475/fr/flebosmil-ge-diosmine-hemisynthetique</t>
+  </si>
+  <si>
+    <t>DIOVENOR (diosmine)</t>
+  </si>
+  <si>
+    <t>08/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985778/fr/diovenor-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985778</t>
+  </si>
+  <si>
+    <t>INNOTHERA IND.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399292/fr/diovenor-diosmine-hemisynthetique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399674/fr/diovenor-diosmine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400459/fr/diovenor-diosmine</t>
+  </si>
+  <si>
+    <t>DIOSMIL (diosmine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985779/fr/diosmil-diosmine</t>
+  </si>
+  <si>
+    <t>pprd_2985779</t>
+  </si>
+  <si>
+    <t>COOPER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400444/fr/diosmil-diosmine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -215,37 +422,397 @@
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AC8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K2" t="s">
+        <v>32</v>
+      </c>
+      <c r="L2" t="s">
+        <v>33</v>
+      </c>
+      <c r="M2" t="s">
+        <v>34</v>
+      </c>
+      <c r="N2" t="s">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>38</v>
+      </c>
+      <c r="R2" t="s">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s">
+        <v>40</v>
+      </c>
+      <c r="T2" t="s">
+        <v>41</v>
+      </c>
+      <c r="U2" t="s">
+        <v>42</v>
+      </c>
+      <c r="V2" t="s">
+        <v>43</v>
+      </c>
+      <c r="W2" t="s">
+        <v>44</v>
+      </c>
+      <c r="X2" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" t="s">
+        <v>55</v>
+      </c>
+      <c r="K3" t="s">
+        <v>56</v>
+      </c>
+      <c r="L3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I4" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" t="s">
+        <v>62</v>
+      </c>
+      <c r="K4" t="s">
+        <v>63</v>
+      </c>
+      <c r="L4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" t="s">
+        <v>69</v>
+      </c>
+      <c r="K5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>72</v>
+      </c>
+      <c r="H6" t="s">
+        <v>73</v>
+      </c>
+      <c r="I6" t="s">
+        <v>74</v>
+      </c>
+      <c r="J6" t="s">
+        <v>75</v>
+      </c>
+      <c r="K6" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>77</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>78</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" t="s">
+        <v>80</v>
+      </c>
+      <c r="I7" t="s">
+        <v>30</v>
+      </c>
+      <c r="J7" t="s">
+        <v>81</v>
+      </c>
+      <c r="K7" t="s">
+        <v>82</v>
+      </c>
+      <c r="L7" t="s">
+        <v>83</v>
+      </c>
+      <c r="M7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J8" t="s">
+        <v>88</v>
+      </c>
+      <c r="K8" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>