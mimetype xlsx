--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,386 +1,1555 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="161">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/03/2004 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actes de tomoscintigraphie de perfusion myocardique par émission de positons</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer la place dans la stratégie de prise en charge et par corolaire la pertinence du remboursement des actes d’imagerie par tomoscintigraphie par émission de positons (TEP) de perfusion myocardique. Ces actes non invasifs d’imagerie cardiaque permettant d’évaluer, à l’aide d’un médicament radiopharmaceutique spécifique, ici le 82rubidium, la perfusion du tissu myocardique au repos et sous stress pharmacologique.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457395/fr/actes-de-tomoscintigraphie-de-perfusion-myocardique-par-emission-de-positons</t>
+  </si>
+  <si>
+    <t>p_3457395</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
+  </si>
+  <si>
+    <t>Cette évaluation est issue de trois demandes différentes : du Ministère de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie. Elle a pour objectif de définir la place des examens non invasifs d’imagerie cardiaque dans la prise en charge diagnostique de la maladie coronarienne stable chez des patients présentant un risque (ou probabilité pré-test) intermédiaire</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0009/AC/SEAP du 16 mars 2023 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de tomoscintigraphie de perfusion myocardique par émission de positons avec et sans épreuve de stress pharmacologique, avec ou sans analyse quantitative de la réserve de flux myocardique avec tépographe [caméra TEP] dédié</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de tomoscintigraphie de perfusion myocardique par émission de positons avec et sans épreuve de stress pharmacologique, avec ou sans analyse quantitative de la réserve de flux myocardique avec tépographe [caméra TEP] dédié</t>
+  </si>
+  <si>
+    <t>16/03/2023 14:55:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422000/fr/avis-n2023-0009/ac/seap-du-16-mars-2023-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-tomoscintigraphie-de-perfusion-myocardique-par-emission-de-positons-avec-et-sans-epreuve-de-stress-pharmacologique-avec-ou-sans-analyse-quantitative-de-la-reserve-de-flux-myocardique-avec-tepographe-camera-tep-dedie</t>
+  </si>
+  <si>
+    <t>p_3422000</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PROTANGIX (dipyridamole)</t>
+  </si>
+  <si>
+    <t>10/05/2006 18:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985546/fr/protangix-dipyridamole</t>
+  </si>
+  <si>
+    <t>pprd_2985546</t>
+  </si>
+  <si>
+    <t>dipyridamole</t>
+  </si>
+  <si>
+    <t>EXPANPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451717/fr/protangix-dipyridamole</t>
+  </si>
+  <si>
+    <t>PERSANTINE (dipyridamole)</t>
+  </si>
+  <si>
+    <t>10/05/2006 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985549/fr/persantine-dipyridamole</t>
+  </si>
+  <si>
+    <t>pprd_2985549</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451583/fr/persantine-dipyridamole</t>
+  </si>
+  <si>
+    <t>CORONARINE (dipyridamole)</t>
+  </si>
+  <si>
+    <t>10/05/2006 19:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985571/fr/coronarine-dipyridamole</t>
+  </si>
+  <si>
+    <t>pprd_2985571</t>
+  </si>
+  <si>
+    <t>NEGMA LERADS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438026/fr/coronarine-dipyridamole</t>
+  </si>
+  <si>
+    <t>CLERIDIUM (dipyridamole)</t>
+  </si>
+  <si>
+    <t>10/05/2006 19:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985572/fr/cleridium-dipyridamole</t>
+  </si>
+  <si>
+    <t>pprd_2985572</t>
+  </si>
+  <si>
+    <t>DEXO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437626/fr/cleridium-dipyridamole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>68</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="H6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
         <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>92</v>
+      </c>
+      <c r="E3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D4" t="s">
+        <v>98</v>
+      </c>
+      <c r="E4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>100</v>
+      </c>
+      <c r="H4" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>102</v>
+      </c>
+      <c r="C5" t="s">
+        <v>103</v>
+      </c>
+      <c r="D5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>106</v>
+      </c>
+      <c r="H5" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C6" t="s">
+        <v>109</v>
+      </c>
+      <c r="D6" t="s">
+        <v>110</v>
+      </c>
+      <c r="E6" t="s">
+        <v>111</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>112</v>
+      </c>
+      <c r="H6" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C7" t="s">
+        <v>115</v>
+      </c>
+      <c r="D7" t="s">
+        <v>116</v>
+      </c>
+      <c r="E7" t="s">
+        <v>117</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>118</v>
+      </c>
+      <c r="H7" t="s">
+        <v>119</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D3" t="s">
+        <v>129</v>
+      </c>
+      <c r="E3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>133</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+      <c r="I2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J2" t="s">
+        <v>141</v>
+      </c>
+      <c r="K2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>145</v>
+      </c>
+      <c r="H3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I3" t="s">
+        <v>140</v>
+      </c>
+      <c r="J3" t="s">
+        <v>147</v>
+      </c>
+      <c r="K3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>150</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>151</v>
+      </c>
+      <c r="H4" t="s">
+        <v>152</v>
+      </c>
+      <c r="I4" t="s">
+        <v>140</v>
+      </c>
+      <c r="J4" t="s">
+        <v>153</v>
+      </c>
+      <c r="K4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>135</v>
+      </c>
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>156</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>157</v>
+      </c>
+      <c r="H5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I5" t="s">
+        <v>140</v>
+      </c>
+      <c r="J5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K5" t="s">
+        <v>160</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>