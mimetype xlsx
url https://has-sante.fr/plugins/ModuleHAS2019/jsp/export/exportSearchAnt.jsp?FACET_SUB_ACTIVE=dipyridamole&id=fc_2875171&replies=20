--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -1,1555 +1,386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>27/01/2015 00:00:00</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
-  </si>
-[...139 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_437626/fr/cleridium-dipyridamole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...73 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="H5" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...737 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>