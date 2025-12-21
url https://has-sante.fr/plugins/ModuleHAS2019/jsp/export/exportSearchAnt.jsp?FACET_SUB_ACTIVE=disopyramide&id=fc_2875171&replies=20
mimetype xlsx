--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,271 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="114">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>10/17/2023 15:45:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’ablation endocavitaire des tachycardies par cryothérapie</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la technique d’ablation endocavitaire par cryothérapie dans la prise en charge des tachycardies, notamment par rapport à la radiofréquence, afin de déterminer si elle représente une modalité valide de traitement et de préciser si elle peut être utilisée dans les mêmes indications que la radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/fr/evaluation-de-l-ablation-endocavitaire-des-tachycardies-par-cryotherapie</t>
   </si>
   <si>
     <t>c_2653644</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983284/en/isorythm-lp</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 21 septembre 2023</t>
+  </si>
+  <si>
+    <t>16/11/2023 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473407/fr/pv-du-college-deliberatif-du-21-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473407</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0329/DC/SEM du 21 septembre 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CAMZYOS</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité CAMZYOS (mavacamten) dans l’indication « traitement des patients adultes atteints de cardiomyopathie hypertrophique obstructive (CMHo) avec des symptômes (stade II-III de la classification NYHA, New York Heart Association) persistants sous traitement de fond de la CMHo ».</t>
+  </si>
+  <si>
+    <t>21/09/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>28/09/2023 17:26:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465228/fr/decision-n2023-0329/dc/sem-du-21-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-camzyos</t>
+  </si>
+  <si>
+    <t>p_3465228</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ISORYTHM LP (disopyramide)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983284/fr/isorythm-lp-disopyramide</t>
   </si>
   <si>
     <t>pprd_2983284</t>
   </si>
   <si>
     <t>disopyramide</t>
   </si>
   <si>
     <t>SERP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_632358/en/isorythm-disopyramide</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984953/en/rythmodan</t>
+    <t>https://www.has-sante.fr/jcms/c_632358/fr/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670221/fr/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851025/fr/isorythm-lp-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210100/fr/isorythm-lp-disopyramide</t>
+  </si>
+  <si>
+    <t>RYTHMODAN (disopyramide)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984953/fr/rythmodan-disopyramide</t>
   </si>
   <si>
     <t>pprd_2984953</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400340/en/rythmodan-100-mg-gelule-boite-de-40-rythmodan-250-mg-a-liberation-prolongee-comprime-enrobe-boite-de-20-rythmodan-50-mg-injectable-solution-injectable-boite-de-25</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3210121/en/rythmodan-disopyramide</t>
+    <t>https://www.has-sante.fr/jcms/c_400340/fr/rythmodan-100-mg-gelule-boite-de-40-rythmodan-250-mg-a-liberation-prolongee-comprime-enrobe-boite-de-20-rythmodan-50-mg-injectable-solution-injectable-boite-de-25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631270/fr/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352605/fr/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210121/fr/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -290,261 +488,722 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>47</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+      <c r="I4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>76</v>
+      </c>
+      <c r="H5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="J1" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="K1" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="L2" t="s">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="M2" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="N2" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="H3" t="s">
-        <v>46</v>
+        <v>102</v>
       </c>
       <c r="I3" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="J3" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="K3" t="s">
-        <v>48</v>
+        <v>104</v>
       </c>
       <c r="L3" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
       <c r="M3" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="N3" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>112</v>
+      </c>
+      <c r="H2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>