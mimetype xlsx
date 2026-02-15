--- v0 (2025-11-02)
+++ v1 (2026-02-15)
@@ -1,469 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>17/10/2023 15:45:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Atrial fibrillation</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 15:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Cardiomyopathie Hypertrophique (CMH)</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653644/fr/evaluation-de-l-ablation-endocavitaire-des-tachycardies-par-cryotherapie</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of endocavitary ablation of tachycardia by cryotherapy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The request for assessment came from the Association of Health Insurance Funds (UNCAM). It concerns the assessment of endocavitary ablation of tachycardia by cryotherapy. In 2006, the Haute Autorité de santé (HAS) assessed methods of tachycardia ablation, and radiofrequency was the only technique retained; cryoablation was considered an investigational method. The goal of the assessment is to determine, given the new data published since 2006, whether cryoablation is a valid method in endocavitary ablation of tachycardia compared to radiofrequency, and to specify whether it can be used in the same indications as the latter. Currently, the wording of the Joint classification of medical procedures (CCAM) describes ablation procedures for arrhythmia, but only by radiofrequency (RF). The arguments must therefore assess whether cryoablation can be included in supplement to RF in the CCAM to allow for reimbursement thereof</t>
+  </si>
+  <si>
+    <t>12/14/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653644/en/assessment-of-endocavitary-ablation-of-tachycardia-by-cryotherapy-inahta-brief</t>
   </si>
   <si>
     <t>c_2653644</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983284/fr/isorythm-lp-disopyramide</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ISORYTHM LP</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983284/en/isorythm-lp</t>
   </si>
   <si>
     <t>pprd_2983284</t>
   </si>
   <si>
     <t>disopyramide</t>
   </si>
   <si>
     <t>SERP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_632358/fr/isorythm-disopyramide</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984953/fr/rythmodan-disopyramide</t>
+    <t>https://www.has-sante.fr/jcms/c_632358/en/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670221/en/isorythm-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851025/en/isorythm-lp-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210100/en/isorythm-lp</t>
+  </si>
+  <si>
+    <t>RYTHMODAN</t>
+  </si>
+  <si>
+    <t>10/02/2020 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984953/en/rythmodan</t>
   </si>
   <si>
     <t>pprd_2984953</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400340/fr/rythmodan-100-mg-gelule-boite-de-40-rythmodan-250-mg-a-liberation-prolongee-comprime-enrobe-boite-de-20-rythmodan-50-mg-injectable-solution-injectable-boite-de-25</t>
-[...26 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_400340/en/rythmodan-100-mg-gelule-boite-de-40-rythmodan-250-mg-a-liberation-prolongee-comprime-enrobe-boite-de-20-rythmodan-50-mg-injectable-solution-injectable-boite-de-25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631270/en/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352605/en/rythmodan-disopyramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210121/en/rythmodan-disopyramide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -488,722 +290,261 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>21</v>
-      </c>
-[...68 lines deleted...]
-        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...90 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...224 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="J1" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="K1" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="I2" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="N2" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="H3" t="s">
-        <v>102</v>
+        <v>46</v>
       </c>
       <c r="I3" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>103</v>
+        <v>47</v>
       </c>
       <c r="K3" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="L3" t="s">
-        <v>105</v>
+        <v>49</v>
       </c>
       <c r="M3" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="N3" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...64 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>