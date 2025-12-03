--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,249 +1,612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION n°2014.0075/DC du 2 avril 2014 et n°2017.0048/DC/SEM du 26 avril 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du baclofène (LIORESAL 10 mg et BACLOFENE ZENTIVA 10 mg) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant : * la pathologie, l’alcoolo-dépendance, pathologie sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable chez les patients en échec des médicaments actuellement disponibles ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients alcoolodépendants à haut risque et en échec des traitements disponibles chez lesquels une aide au maintien de l'abstinence après sevrage ou une réduction majeure de la consommation d'alcool est nécessaire, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités LIORESAL 10 mg, comprimé sécable et BACLOFENE ZENTIVA 10 mg, comprimé doivent faire l’objet d’une prise en charge dérogatoire dans les indications : « Aide au maintien de l'abstinence après sevrage chez les patients dépendants à l'alcool et en échec des autres traitements disponibles », et « Réduction majeure de la consommation d'alcool jusqu'au niveau faible de la consommation telle que défini par l'OMS chez des patients alcoolo-dépendants à haut risque et en échec des traitements disponibles » sous réserve de la confirmation de l’efficacité et de la tolérance du baclofène par les études cliniques en cours. La prise en charge recommandée par la décision du 2 avril 2014 a été renouvelée par décision du Collège du 26 avril 2017.</t>
+  </si>
+  <si>
+    <t>26/04/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>10/05/2017 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741400/fr/decision-n2014-0075/dc-du-2-avril-2014-et-n2017-0048/dc/sem-du-26-avril-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-baclofene-lioresal-10-mg-et-baclofene-zentiva-10-mg-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1741400</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ESPERAL (disulfirame)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983038/en/esperal-disulfirame</t>
+    <t>17/01/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983038/fr/esperal-disulfirame</t>
   </si>
   <si>
     <t>pprd_2983038</t>
   </si>
   <si>
     <t>disulfirame</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_468454/en/esperal-disulfirame</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883457/en/esperal-disulfiram-alcohol-dependence-products</t>
+    <t>https://www.has-sante.fr/jcms/c_468454/fr/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198181/fr/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883457/fr/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Sevrage alcoolique : Baclocur®, thérapeutique de dernier recours</t>
+  </si>
+  <si>
+    <t>Baclocur® est un traitement de dernier recours chez les patients alcoolo-dépendants ayant une consommation d’alcool à risque élevé. Sa prescription est associée à un suivi psychosocial.</t>
+  </si>
+  <si>
+    <t>30/01/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148608/fr/sevrage-alcoolique-baclocur-therapeutique-de-dernier-recours</t>
+  </si>
+  <si>
+    <t>p_3148608</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>