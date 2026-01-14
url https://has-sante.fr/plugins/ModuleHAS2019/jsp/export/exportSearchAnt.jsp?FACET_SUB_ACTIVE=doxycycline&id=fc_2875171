--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,1540 +1,376 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="845" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>09/03/2023 11:21:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...293 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
-[...2 lines deleted...]
-    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique des infections à Plasmodium</t>
-[...5 lines deleted...]
-    <t>07/12/2016 00:00:00</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of malaria (protozoan Plasmodium infections). It focuses on immunochromatographic method (rapid diagnostic tests or RDT) for detection of parasite proteins in blood, on specific Plasmodium antibodies detection and also on parasite identification on blood smears using light microscopy. This study was conducted with a view to inclusion or changes in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2636855</t>
-  </si>
-[...301 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1556,2830 +392,451 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
-[...195 lines deleted...]
-        <v>73</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
         <v>46</v>
-      </c>
-[...19 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>48</v>
       </c>
-      <c r="D11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H11" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>90</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>94</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="H14" t="s">
-        <v>99</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>67</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>102</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
-        <v>103</v>
+        <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="E17" t="s">
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>108</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="B18" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>85</v>
       </c>
       <c r="E18" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="H18" t="s">
-        <v>111</v>
-[...2182 lines deleted...]
-        <v>468</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>