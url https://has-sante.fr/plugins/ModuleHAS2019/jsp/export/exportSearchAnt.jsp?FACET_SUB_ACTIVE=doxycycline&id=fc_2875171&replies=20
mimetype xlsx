--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,376 +1,1540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="845" uniqueCount="469">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage des infections à Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>Au regard des nouvelles données épidémiologiques, des problématiques entourant le dépistage de l’infection à Ct (populations ciblées, fréquence, structures, nouveaux tests diagnostiques, professionnels impliqués) et des questions concernant de la mise en œuvre du dépistage depuis 2003, la HAS réévalue la stratégie de dépistage des infections à Ct, à la demande de la Direction générale de la santé (DGS)</t>
+  </si>
+  <si>
+    <t>12/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>c_2879401</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Acné : quand et comment la traiter ?</t>
+  </si>
+  <si>
+    <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
+  </si>
+  <si>
+    <t>20/10/2015 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
+  </si>
+  <si>
+    <t>c_2564525</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3356494</t>
+  </si>
+  <si>
+    <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>24/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3598864</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>12/07/2016 00:00:00</t>
+    <t>Évaluation des actes de diagnostic biologique des infections à Plasmodium</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues à l’hématozoaire du genre Plasmodium (paludisme), la HAS a évalué les techniques directes de recherche du parasite dans le sang par microscopie (sur frottis sanguin et goutte épaisse) et des protéines plasmodiales par immunochromatographie (ICG) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques</t>
+  </si>
+  <si>
+    <t>07/12/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
   </si>
   <si>
     <t>c_2636855</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique de l'infection à Chlamydia trachomatis - Document d'avis</t>
+  </si>
+  <si>
+    <t>Ce document comporte des avis de la Haute Autorité de Santé sur le service attendu des actes du diagnostic biologique de l’infection à Chlamydia trachomatis. Il répond à la demande de l’Union Nationale des Caisses d’Assurance Maladie pour l’actualisation de la Nomenclature d’Actes de Biologie Médicale.</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498796/fr/diagnostic-biologique-de-l-infection-a-chlamydia-trachomatis-document-d-avis</t>
+  </si>
+  <si>
+    <t>r_1498796</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/10/2024</t>
+  </si>
+  <si>
+    <t>24/07/2025 16:52:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638227/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/10/2024</t>
+  </si>
+  <si>
+    <t>p_3638227</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 19 décembre 2018</t>
+  </si>
+  <si>
+    <t>14/12/2018 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891708/fr/college-deliberatif-du-19-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2891708</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin antityphoïdique VIVOTIF® chez les adultes et les enfants âgés de 5 ans et plus</t>
+  </si>
+  <si>
+    <t>VIVOTIF® est un vaccin antityphoïdique vivant atténué qui se présente sous forme de gélules gastro-résistantes. La HAS a pris en compte les données d’efficacité, d’immunogénicité et de tolérance disponibles et considère que VIVOTIF® peut être utilisé selon son AMM, à partir de l’âge de 5 ans, et dans le cadre de la stratégie vaccinale française vis-à-vis de la fièvre typhoïde ciblant spécifiquement les voyageurs exposés au risque.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160429/fr/utilisation-du-vaccin-antityphoidique-vivotif-chez-les-adultes-et-les-enfants-ages-de-5-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3160429</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>DOXYCYCLINE (doxycycline)</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983282/fr/doxycycline-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2983282</t>
+  </si>
+  <si>
+    <t>doxycycline</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES/ BIOGARAN/ GNR-pharma/ MERCK GENERIQUES S.C.S/.SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398898/fr/doxycycline-gnr-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398899/fr/doxycycline-merck-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398900/fr/doxycycline-merck-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399626/fr/doxycycline-gnr-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400911/fr/doxycycline-biogaran-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490558/fr/doxycycline-g-gam-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751099/fr/doxycycline-arrow-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944574/fr/doxycycline-biogaran-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851034/fr/doxycycline-biogaran-doxycycline</t>
+  </si>
+  <si>
+    <t>TOLEXINE (doxycycline)</t>
+  </si>
+  <si>
+    <t>20/01/2017 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983761/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2983761</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399400/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468580/fr/tolexine-doxycycline-monohydratee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244177/fr/tolexine-ge-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740628/fr/tolexine-doxycycline</t>
+  </si>
+  <si>
+    <t>VIBRAMYCINE N (doxycycline)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983984/fr/vibramycine-n-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2983984</t>
+  </si>
+  <si>
+    <t>SINCLAIR PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399043/fr/vibramycine-n-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400996/fr/vibramycine-n-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036568/fr/vibramycine-n-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661850/fr/vibramycine-n-doxycycline</t>
+  </si>
+  <si>
+    <t>VIBRAVEINEUSE (doxycycline)</t>
+  </si>
+  <si>
+    <t>20/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985240/fr/vibraveineuse-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2985240</t>
+  </si>
+  <si>
+    <t>Laboratoire SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_997499/fr/vibraveineuse-doxycycline</t>
+  </si>
+  <si>
+    <t>DOXYPALU (doxycycline)</t>
+  </si>
+  <si>
+    <t>11/06/2008 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985390/fr/doxypalu-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2985390</t>
+  </si>
+  <si>
+    <t>Laboratoire BAILLEUL BIORGA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399373/fr/doxypalu-doxycycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657549/fr/doxypalu-doxycycline</t>
+  </si>
+  <si>
+    <t>GRANUDOXY (monohydrate de doxycycline)</t>
+  </si>
+  <si>
+    <t>11/08/2009 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985392/fr/granudoxy-monohydrate-de-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2985392</t>
+  </si>
+  <si>
+    <t>monohydrate de doxycycline</t>
+  </si>
+  <si>
+    <t>Laboratoires PIERRE FABRE DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399851/fr/granudoxy-100-mg-ge-comprime-pellicule-secable-boite-de-5-boite-de-15-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657357/fr/granudoxy-monohydrate-de-doxycycline</t>
+  </si>
+  <si>
+    <t>SPANOR (doxycycline)</t>
+  </si>
+  <si>
+    <t>23/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986050/fr/spanor-doxycycline</t>
+  </si>
+  <si>
+    <t>pprd_2986050</t>
+  </si>
+  <si>
+    <t>BIOTHERAPIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399305/fr/spanor-100-mg-comprime-pellicule-secable-boite-de-15-et-30</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -392,451 +1556,2830 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H54"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>68</v>
+      </c>
+      <c r="H6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>86</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>89</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="H14" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="B15" t="s">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D15" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="H15" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="E16" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>83</v>
+        <v>109</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="E18" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>111</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>59</v>
+      </c>
+      <c r="E19" t="s">
+        <v>97</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>113</v>
+      </c>
+      <c r="H19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>59</v>
+      </c>
+      <c r="E20" t="s">
+        <v>97</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>123</v>
+      </c>
+      <c r="H22" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" t="s">
+        <v>48</v>
+      </c>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
+      <c r="E23" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>127</v>
+      </c>
+      <c r="H23" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" t="s">
+        <v>48</v>
+      </c>
+      <c r="D24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>131</v>
+      </c>
+      <c r="H24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>46</v>
+      </c>
+      <c r="B25" t="s">
+        <v>133</v>
+      </c>
+      <c r="C25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>134</v>
+      </c>
+      <c r="H25" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>137</v>
+      </c>
+      <c r="H26" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" t="s">
+        <v>141</v>
+      </c>
+      <c r="E27" t="s">
+        <v>142</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>143</v>
+      </c>
+      <c r="H27" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>46</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>146</v>
+      </c>
+      <c r="D28" t="s">
+        <v>141</v>
+      </c>
+      <c r="E28" t="s">
+        <v>142</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>147</v>
+      </c>
+      <c r="H28" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>46</v>
+      </c>
+      <c r="B29" t="s">
+        <v>149</v>
+      </c>
+      <c r="C29" t="s">
+        <v>150</v>
+      </c>
+      <c r="D29" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>151</v>
+      </c>
+      <c r="H29" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>46</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>141</v>
+      </c>
+      <c r="E30" t="s">
+        <v>155</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>156</v>
+      </c>
+      <c r="H30" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>46</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>162</v>
+      </c>
+      <c r="H31" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>46</v>
+      </c>
+      <c r="B32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>166</v>
+      </c>
+      <c r="E32" t="s">
+        <v>167</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>168</v>
+      </c>
+      <c r="H32" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>46</v>
+      </c>
+      <c r="B33" t="s">
+        <v>170</v>
+      </c>
+      <c r="C33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>172</v>
+      </c>
+      <c r="E33" t="s">
+        <v>173</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>174</v>
+      </c>
+      <c r="H33" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>46</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" t="s">
+        <v>177</v>
+      </c>
+      <c r="E34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>178</v>
+      </c>
+      <c r="H34" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B35" t="s">
+        <v>180</v>
+      </c>
+      <c r="C35" t="s">
+        <v>181</v>
+      </c>
+      <c r="D35" t="s">
+        <v>182</v>
+      </c>
+      <c r="E35" t="s">
+        <v>183</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>184</v>
+      </c>
+      <c r="H35" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
+        <v>48</v>
+      </c>
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>97</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>187</v>
+      </c>
+      <c r="H36" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>46</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>48</v>
+      </c>
+      <c r="D37" t="s">
+        <v>59</v>
+      </c>
+      <c r="E37" t="s">
+        <v>97</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>190</v>
+      </c>
+      <c r="H37" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>46</v>
+      </c>
+      <c r="B38" t="s">
+        <v>192</v>
+      </c>
+      <c r="C38" t="s">
+        <v>193</v>
+      </c>
+      <c r="D38" t="s">
+        <v>194</v>
+      </c>
+      <c r="E38" t="s">
+        <v>195</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>196</v>
+      </c>
+      <c r="H38" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>200</v>
+      </c>
+      <c r="E39" t="s">
+        <v>201</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>202</v>
+      </c>
+      <c r="H39" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>46</v>
+      </c>
+      <c r="B40" t="s">
+        <v>204</v>
+      </c>
+      <c r="C40" t="s">
+        <v>205</v>
+      </c>
+      <c r="D40" t="s">
+        <v>206</v>
+      </c>
+      <c r="E40" t="s">
+        <v>207</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>208</v>
+      </c>
+      <c r="H40" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" t="s">
+        <v>210</v>
+      </c>
+      <c r="C41" t="s">
+        <v>211</v>
+      </c>
+      <c r="D41" t="s">
+        <v>206</v>
+      </c>
+      <c r="E41" t="s">
+        <v>207</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>212</v>
+      </c>
+      <c r="H41" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B42" t="s">
+        <v>214</v>
+      </c>
+      <c r="C42" t="s">
+        <v>215</v>
+      </c>
+      <c r="D42" t="s">
+        <v>206</v>
+      </c>
+      <c r="E42" t="s">
+        <v>216</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>217</v>
+      </c>
+      <c r="H42" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>46</v>
+      </c>
+      <c r="B43" t="s">
+        <v>219</v>
+      </c>
+      <c r="C43" t="s">
+        <v>220</v>
+      </c>
+      <c r="D43" t="s">
+        <v>206</v>
+      </c>
+      <c r="E43" t="s">
+        <v>216</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>221</v>
+      </c>
+      <c r="H43" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>46</v>
+      </c>
+      <c r="B44" t="s">
+        <v>223</v>
+      </c>
+      <c r="C44" t="s">
+        <v>220</v>
+      </c>
+      <c r="D44" t="s">
+        <v>206</v>
+      </c>
+      <c r="E44" t="s">
+        <v>207</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>224</v>
+      </c>
+      <c r="H44" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" t="s">
+        <v>226</v>
+      </c>
+      <c r="C45" t="s">
+        <v>227</v>
+      </c>
+      <c r="D45" t="s">
+        <v>206</v>
+      </c>
+      <c r="E45" t="s">
+        <v>216</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>228</v>
+      </c>
+      <c r="H45" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>46</v>
+      </c>
+      <c r="B46" t="s">
+        <v>230</v>
+      </c>
+      <c r="C46" t="s">
+        <v>231</v>
+      </c>
+      <c r="D46" t="s">
+        <v>206</v>
+      </c>
+      <c r="E46" t="s">
+        <v>216</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>232</v>
+      </c>
+      <c r="H46" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>46</v>
+      </c>
+      <c r="B47" t="s">
+        <v>234</v>
+      </c>
+      <c r="C47" t="s">
+        <v>235</v>
+      </c>
+      <c r="D47" t="s">
+        <v>206</v>
+      </c>
+      <c r="E47" t="s">
+        <v>207</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>236</v>
+      </c>
+      <c r="H47" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>46</v>
+      </c>
+      <c r="B48" t="s">
+        <v>238</v>
+      </c>
+      <c r="C48" t="s">
+        <v>220</v>
+      </c>
+      <c r="D48" t="s">
+        <v>206</v>
+      </c>
+      <c r="E48" t="s">
+        <v>207</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>239</v>
+      </c>
+      <c r="H48" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>46</v>
+      </c>
+      <c r="B49" t="s">
+        <v>241</v>
+      </c>
+      <c r="C49" t="s">
+        <v>215</v>
+      </c>
+      <c r="D49" t="s">
+        <v>206</v>
+      </c>
+      <c r="E49" t="s">
+        <v>216</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>242</v>
+      </c>
+      <c r="H49" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>46</v>
+      </c>
+      <c r="B50" t="s">
+        <v>244</v>
+      </c>
+      <c r="C50" t="s">
+        <v>215</v>
+      </c>
+      <c r="D50" t="s">
+        <v>206</v>
+      </c>
+      <c r="E50" t="s">
+        <v>216</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>245</v>
+      </c>
+      <c r="H50" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>46</v>
+      </c>
+      <c r="B51" t="s">
+        <v>247</v>
+      </c>
+      <c r="C51" t="s">
+        <v>248</v>
+      </c>
+      <c r="D51" t="s">
+        <v>249</v>
+      </c>
+      <c r="E51" t="s">
+        <v>250</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>251</v>
+      </c>
+      <c r="H51" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>46</v>
+      </c>
+      <c r="B52" t="s">
+        <v>253</v>
+      </c>
+      <c r="C52" t="s">
+        <v>254</v>
+      </c>
+      <c r="D52" t="s">
+        <v>255</v>
+      </c>
+      <c r="E52" t="s">
+        <v>256</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>257</v>
+      </c>
+      <c r="H52" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>46</v>
+      </c>
+      <c r="B53" t="s">
+        <v>259</v>
+      </c>
+      <c r="C53" t="s">
+        <v>260</v>
+      </c>
+      <c r="D53" t="s">
+        <v>261</v>
+      </c>
+      <c r="E53" t="s">
+        <v>261</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>262</v>
+      </c>
+      <c r="H53" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>46</v>
+      </c>
+      <c r="B54" t="s">
+        <v>264</v>
+      </c>
+      <c r="C54" t="s">
+        <v>265</v>
+      </c>
+      <c r="D54" t="s">
+        <v>266</v>
+      </c>
+      <c r="E54" t="s">
+        <v>267</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>268</v>
+      </c>
+      <c r="H54" t="s">
+        <v>269</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>270</v>
+      </c>
+      <c r="B2" t="s">
+        <v>271</v>
+      </c>
+      <c r="C2" t="s">
+        <v>272</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>274</v>
+      </c>
+      <c r="H2" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B3" t="s">
+        <v>276</v>
+      </c>
+      <c r="C3" t="s">
+        <v>277</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H3" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>270</v>
+      </c>
+      <c r="B4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C4" t="s">
+        <v>282</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>283</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>284</v>
+      </c>
+      <c r="H4" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>270</v>
+      </c>
+      <c r="B5" t="s">
+        <v>286</v>
+      </c>
+      <c r="C5" t="s">
+        <v>287</v>
+      </c>
+      <c r="D5" t="s">
+        <v>288</v>
+      </c>
+      <c r="E5" t="s">
+        <v>289</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>290</v>
+      </c>
+      <c r="H5" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>270</v>
+      </c>
+      <c r="B6" t="s">
+        <v>292</v>
+      </c>
+      <c r="C6" t="s">
+        <v>293</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>294</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>295</v>
+      </c>
+      <c r="H6" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>270</v>
+      </c>
+      <c r="B7" t="s">
+        <v>297</v>
+      </c>
+      <c r="C7" t="s">
+        <v>298</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>299</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>300</v>
+      </c>
+      <c r="H7" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>270</v>
+      </c>
+      <c r="B8" t="s">
+        <v>302</v>
+      </c>
+      <c r="C8" t="s">
+        <v>303</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>299</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>304</v>
+      </c>
+      <c r="H8" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>270</v>
+      </c>
+      <c r="B9" t="s">
+        <v>306</v>
+      </c>
+      <c r="C9" t="s">
+        <v>307</v>
+      </c>
+      <c r="D9" t="s">
+        <v>308</v>
+      </c>
+      <c r="E9" t="s">
+        <v>309</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>310</v>
+      </c>
+      <c r="H9" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>270</v>
+      </c>
+      <c r="B10" t="s">
+        <v>312</v>
+      </c>
+      <c r="C10" t="s">
+        <v>313</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>314</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>315</v>
+      </c>
+      <c r="H10" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>270</v>
+      </c>
+      <c r="B11" t="s">
+        <v>317</v>
+      </c>
+      <c r="C11" t="s">
+        <v>318</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>319</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>320</v>
+      </c>
+      <c r="H11" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>270</v>
+      </c>
+      <c r="B12" t="s">
+        <v>322</v>
+      </c>
+      <c r="C12" t="s">
+        <v>323</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>324</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>325</v>
+      </c>
+      <c r="H12" t="s">
+        <v>326</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C3" t="s">
+        <v>334</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>338</v>
+      </c>
+      <c r="B2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D2" t="s">
+        <v>141</v>
+      </c>
+      <c r="E2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>342</v>
+      </c>
+      <c r="H2" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C3" t="s">
+        <v>345</v>
+      </c>
+      <c r="D3" t="s">
+        <v>346</v>
+      </c>
+      <c r="E3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>348</v>
+      </c>
+      <c r="H3" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>338</v>
+      </c>
+      <c r="B4" t="s">
+        <v>350</v>
+      </c>
+      <c r="C4" t="s">
+        <v>351</v>
+      </c>
+      <c r="D4" t="s">
+        <v>352</v>
+      </c>
+      <c r="E4" t="s">
+        <v>353</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>354</v>
+      </c>
+      <c r="H4" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>338</v>
+      </c>
+      <c r="B5" t="s">
+        <v>356</v>
+      </c>
+      <c r="C5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E5" t="s">
+        <v>359</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>360</v>
+      </c>
+      <c r="H5" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>338</v>
+      </c>
+      <c r="B6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C6" t="s">
+        <v>363</v>
+      </c>
+      <c r="D6" t="s">
+        <v>364</v>
+      </c>
+      <c r="E6" t="s">
+        <v>365</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>366</v>
+      </c>
+      <c r="H6" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>338</v>
+      </c>
+      <c r="B7" t="s">
+        <v>368</v>
+      </c>
+      <c r="C7" t="s">
+        <v>369</v>
+      </c>
+      <c r="D7" t="s">
+        <v>370</v>
+      </c>
+      <c r="E7" t="s">
+        <v>371</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>372</v>
+      </c>
+      <c r="H7" t="s">
+        <v>373</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>375</v>
+      </c>
+      <c r="B2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>378</v>
+      </c>
+      <c r="H2" t="s">
+        <v>379</v>
+      </c>
+      <c r="I2" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H3" t="s">
+        <v>384</v>
+      </c>
+      <c r="I3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>375</v>
+      </c>
+      <c r="B4" t="s">
+        <v>385</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>386</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>387</v>
+      </c>
+      <c r="H4" t="s">
+        <v>388</v>
+      </c>
+      <c r="I4" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>375</v>
+      </c>
+      <c r="B5" t="s">
+        <v>389</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>390</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>391</v>
+      </c>
+      <c r="H5" t="s">
+        <v>392</v>
+      </c>
+      <c r="I5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>393</v>
+      </c>
+      <c r="B2" t="s">
+        <v>394</v>
+      </c>
+      <c r="C2" t="s">
+        <v>395</v>
+      </c>
+      <c r="D2" t="s">
+        <v>396</v>
+      </c>
+      <c r="E2" t="s">
+        <v>397</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>398</v>
+      </c>
+      <c r="H2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>400</v>
+      </c>
+      <c r="J1" t="s">
+        <v>401</v>
+      </c>
+      <c r="K1" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>403</v>
+      </c>
+      <c r="B2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>406</v>
+      </c>
+      <c r="H2" t="s">
+        <v>407</v>
+      </c>
+      <c r="I2" t="s">
+        <v>408</v>
+      </c>
+      <c r="J2" t="s">
+        <v>409</v>
+      </c>
+      <c r="K2" t="s">
+        <v>410</v>
+      </c>
+      <c r="L2" t="s">
+        <v>411</v>
+      </c>
+      <c r="M2" t="s">
+        <v>412</v>
+      </c>
+      <c r="N2" t="s">
+        <v>413</v>
+      </c>
+      <c r="O2" t="s">
+        <v>414</v>
+      </c>
+      <c r="P2" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>416</v>
+      </c>
+      <c r="R2" t="s">
+        <v>417</v>
+      </c>
+      <c r="S2" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I3" t="s">
+        <v>408</v>
+      </c>
+      <c r="J3" t="s">
+        <v>423</v>
+      </c>
+      <c r="K3" t="s">
+        <v>424</v>
+      </c>
+      <c r="L3" t="s">
+        <v>425</v>
+      </c>
+      <c r="M3" t="s">
+        <v>426</v>
+      </c>
+      <c r="N3" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B4" t="s">
+        <v>428</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>430</v>
+      </c>
+      <c r="H4" t="s">
+        <v>431</v>
+      </c>
+      <c r="I4" t="s">
+        <v>408</v>
+      </c>
+      <c r="J4" t="s">
+        <v>432</v>
+      </c>
+      <c r="K4" t="s">
+        <v>433</v>
+      </c>
+      <c r="L4" t="s">
+        <v>434</v>
+      </c>
+      <c r="M4" t="s">
+        <v>435</v>
+      </c>
+      <c r="N4" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B5" t="s">
+        <v>437</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>438</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>439</v>
+      </c>
+      <c r="H5" t="s">
+        <v>440</v>
+      </c>
+      <c r="I5" t="s">
+        <v>408</v>
+      </c>
+      <c r="J5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K5" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>403</v>
+      </c>
+      <c r="B6" t="s">
+        <v>443</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>444</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>445</v>
+      </c>
+      <c r="H6" t="s">
+        <v>446</v>
+      </c>
+      <c r="I6" t="s">
+        <v>408</v>
+      </c>
+      <c r="J6" t="s">
+        <v>447</v>
+      </c>
+      <c r="K6" t="s">
+        <v>448</v>
+      </c>
+      <c r="L6" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B7" t="s">
+        <v>450</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>451</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>452</v>
+      </c>
+      <c r="H7" t="s">
+        <v>453</v>
+      </c>
+      <c r="I7" t="s">
+        <v>454</v>
+      </c>
+      <c r="J7" t="s">
+        <v>455</v>
+      </c>
+      <c r="K7" t="s">
+        <v>456</v>
+      </c>
+      <c r="L7" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>403</v>
+      </c>
+      <c r="B8" t="s">
+        <v>458</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>459</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>460</v>
+      </c>
+      <c r="H8" t="s">
+        <v>461</v>
+      </c>
+      <c r="I8" t="s">
+        <v>408</v>
+      </c>
+      <c r="J8" t="s">
+        <v>462</v>
+      </c>
+      <c r="K8" t="s">
+        <v>463</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>464</v>
+      </c>
+      <c r="B2" t="s">
+        <v>465</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>466</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>467</v>
+      </c>
+      <c r="H2" t="s">
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>